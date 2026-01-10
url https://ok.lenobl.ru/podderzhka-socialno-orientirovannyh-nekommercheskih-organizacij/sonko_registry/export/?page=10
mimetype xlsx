--- v0 (2025-11-05)
+++ v1 (2026-01-10)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6660" uniqueCount="2315">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9039" uniqueCount="2879">
   <si>
     <t>Номер реестровой записи</t>
   </si>
   <si>
     <t>Дата включения СОНКО в реестр</t>
   </si>
   <si>
     <t>Наименование организации - получателя государственной поддержки</t>
   </si>
   <si>
     <t>Район получателя государственной поддержки</t>
   </si>
   <si>
     <t>Почтовый адрес (место нахождения) получателя государственной поддержки</t>
   </si>
   <si>
     <t>ОГРН получателя государственной поддержки</t>
   </si>
   <si>
     <t>ИНН получателя государственной поддержки</t>
   </si>
   <si>
     <t>Виды деятельности организации - получателя государственной поддержки</t>
   </si>
   <si>
@@ -5862,65 +5862,504 @@
     <t>188640, Всеволожский р-н, г. Всеволожск, ул. Сергиевская, д. 122</t>
   </si>
   <si>
     <t>94,99</t>
   </si>
   <si>
     <t>Постановление Nº3117 от 27.08.2025</t>
   </si>
   <si>
     <t>АВТОНОМНАЯНЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ ДОПОЛНИТЕЛЬНОГО ПРОФЕССИОНАЛЬНОГО_x000D_
 ОБРАЗОВАНИЯ «ЦЕНТР КОММУНИКАТИВНЫХ ПРОГРАММ И ИННОВАЦИОННЫХ ПРОЕКТОВ СОБОЛЬКОВОЙ НАТАЛЬИ»</t>
   </si>
   <si>
     <t>188641, Всеволожский р-и. г. Всеволожск, ул. Обороны, д. 18A</t>
   </si>
   <si>
     <t>85.42, 58.11, 58.14, 82.30, 85.30, 85.41</t>
   </si>
   <si>
     <t>Постановленние №3117 от 27.08.2025</t>
   </si>
   <si>
     <t>348 368,00</t>
   </si>
   <si>
+    <t>17.10.2025 00:00</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ ДЕТСКИЙ ЦЕНТР ДОСУГА И РАЗВИТИЯ «ПЛАНЕТА ЗНАНИЙ»</t>
+  </si>
+  <si>
+    <t>188542, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, Г.О. СОСНОВОБОРСКИЙ, Г. СОСНОВЫЙ БОР, ПР-КТ. ГЕРОЕВ, Д. 58А, ПОМЕЩ. 1</t>
+  </si>
+  <si>
+    <t>1244700033852</t>
+  </si>
+  <si>
+    <t>4707058595</t>
+  </si>
+  <si>
+    <t>01.12.2025 00:00</t>
+  </si>
+  <si>
+    <t>30.11.2026 00:00</t>
+  </si>
+  <si>
+    <t>Распоряжение Комитета общественных коммуникаций Ленинградской области от 17.10.2025 № 74</t>
+  </si>
+  <si>
+    <t>1 477 765,00</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ РАЗВИТИЯ КУЛЬТУРЫ, ТРАДИЦИОННЫХ ЦЕННОСТЕЙ, ДУХОВНО-НРАВСТВЕННОГО И ПАТРИОТИЧЕСКОГО ВОСПИТАНИЯ «ТРИ БОГАТЫРЯ - РОДИНА ВЕРА ТРАДИЦИИ»</t>
+  </si>
+  <si>
+    <t>188689, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, М.Р-Н. ВСЕВОЛОЖСКИЙ, Г.П. ЗАНЕВСКОЕ, ГП. ЯНИНО-1, МКР. ЯНИЛА КАНТРИ, УЛ. ТЮЛЬПАНОВ, Д. 1, КВ. 17</t>
+  </si>
+  <si>
+    <t>1254700012819</t>
+  </si>
+  <si>
+    <t>4706090973</t>
+  </si>
+  <si>
+    <t>служение Отечеству и ответственность за его судьбу</t>
+  </si>
+  <si>
+    <t>01.11.2025 00:00</t>
+  </si>
+  <si>
+    <t>703 514,00</t>
+  </si>
+  <si>
+    <t>БЛАГОТВОРИТЕЛЬНЫЙ ФОНД «СВОИ ЛЮДИ»</t>
+  </si>
+  <si>
+    <t>188653, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, М.Р-Н. ВСЕВОЛОЖСКИЙ, С.П. ЮККОВСКОЕ, ТЕР. ДНП ДРАНИШНИКИ, Д. 93</t>
+  </si>
+  <si>
+    <t>1234700031598</t>
+  </si>
+  <si>
+    <t>4706069474</t>
+  </si>
+  <si>
+    <t>10.11.2025 00:00</t>
+  </si>
+  <si>
+    <t>10.09.2026 00:00</t>
+  </si>
+  <si>
+    <t>1 498 920,00</t>
+  </si>
+  <si>
+    <t>187600, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, Р-Н БОКСИТОГОРСКИЙ, Г ПИКАЛЕВО, УЛ СПОРТИВНАЯ, Д. 2, ОФИС 19</t>
+  </si>
+  <si>
+    <t>30.05.2026 00:00</t>
+  </si>
+  <si>
+    <t>1 497 403,00</t>
+  </si>
+  <si>
+    <t>188300, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, М.О. ГАТЧИНСКИЙ, Г. ГАТЧИНА, ПР-КТ. 25 ОКТЯБРЯ, Д. 23, КАБ. 15</t>
+  </si>
+  <si>
+    <t>28.02.2026 00:00</t>
+  </si>
+  <si>
+    <t>1 403 600,00</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ РАЗВИТИЯ КУЛЬТУРЫ И ИСКУССТВА, ЭСТЕТИЧЕСКОГО, ПАТРИОТИЧЕСКОГО И КУЛЬТУРНОГО ВОСПИТАНИЯ «АРЛЕКИН»</t>
+  </si>
+  <si>
+    <t>188640, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, М.Р-Н. ВСЕВОЛОЖСКИЙ, Г.П. ВСЕВОЛОЖСКОЕ, Г. ВСЕВОЛОЖСК, Ш. КОЛТУШСКОЕ, Д. 44, К. 1, КВ. 376</t>
+  </si>
+  <si>
+    <t>1254700012093</t>
+  </si>
+  <si>
+    <t>4706090660</t>
+  </si>
+  <si>
+    <t>20.11.2025 00:00</t>
+  </si>
+  <si>
+    <t>19.01.2026 00:00</t>
+  </si>
+  <si>
+    <t>188 000,00</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ КУЛЬТУРНЫХ И ТУРИСТСКИХ ИНИЦИАТИВ «БОРЕЙ»</t>
+  </si>
+  <si>
+    <t>188327, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, М.О. ГАТЧИНСКИЙ, ТЕР. СНТ. НОВОЕ(СУЙДА), Д. 73</t>
+  </si>
+  <si>
+    <t>1224700001723</t>
+  </si>
+  <si>
+    <t>4705093530</t>
+  </si>
+  <si>
+    <t>10.01.2026 00:00</t>
+  </si>
+  <si>
+    <t>30.09.2026 00:00</t>
+  </si>
+  <si>
+    <t>1 500 000,00</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР ВОЕННО-СПОРТИВНОЙ ПОДГОТОВКИ И ПАТРИОТИЧЕСКОГО ВОСПИТАНИЯ МОЛОДЕЖИ «ПУТЬ»</t>
+  </si>
+  <si>
+    <t>187780, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, М.Р-Н. ПОДПОРОЖСКИЙ, Г.П. ПОДПОРОЖСКОЕ, Г. ПОДПОРОЖЬЕ, УЛ. ИСАКОВА, Д. 17А</t>
+  </si>
+  <si>
+    <t>1254700013435</t>
+  </si>
+  <si>
+    <t>4727015053</t>
+  </si>
+  <si>
+    <t>30.04.2026 00:00</t>
+  </si>
+  <si>
+    <t>1 264 413,80</t>
+  </si>
+  <si>
+    <t>188687, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, М.Р-Н. ВСЕВОЛОЖСКИЙ, Г.П. БУГРОВСКОЕ, Г.. БУГРЫ, Б-Р. ВОРОНЦОВСКИЙ, Д. 11, К. 1, КВ. 584</t>
+  </si>
+  <si>
+    <t>31.05.2026 00:00</t>
+  </si>
+  <si>
+    <t>1 476 752,00</t>
+  </si>
+  <si>
+    <t>188687, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, М.Р-Н. ВСЕВОЛОЖСКИЙ, Г.П. МУРИНСКОЕ, Г.. МУРИНО, Б-Р. ВОРОНЦОВСКИЙ, Д. 23/11, КВ. 519</t>
+  </si>
+  <si>
+    <t>31.03.2026 00:00</t>
+  </si>
+  <si>
+    <t>1 347 770,00</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ ПО СОДЕЙСТВИЮ В РЕАБИЛИТАЦИИ ГРАЖДАН «СОЦИАЛЬНАЯ КИНОЛОГИЧЕСКАЯ ПОМОЩЬ»</t>
+  </si>
+  <si>
+    <t>188820, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, М.Р-Н. ВЫБОРГСКИЙ, Г.П. РОЩИНСКОЕ, ТЕР.. РОЩИНСКАЯ, ПР-Д. КЕДРОВЫЙ, Д. 18</t>
+  </si>
+  <si>
+    <t>1254700013424</t>
+  </si>
+  <si>
+    <t>4704119105</t>
+  </si>
+  <si>
+    <t>гуманизм, взаимопомощь и взаимоуважение</t>
+  </si>
+  <si>
+    <t>1 233 885,00</t>
+  </si>
+  <si>
+    <t>МЕСТНАЯ ОБЩЕСТВЕННАЯ МОЛОДЕЖНАЯ ОРГАНИЗАЦИЯ «ОРЕОЛ»</t>
+  </si>
+  <si>
+    <t>187650, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, Р-Н БОКСИТОГОРСКИЙ, Г БОКСИТОГОРСК, УЛ КОМСОМОЛЬСКАЯ, Д. 5</t>
+  </si>
+  <si>
+    <t>1194700001176</t>
+  </si>
+  <si>
+    <t>4715033273</t>
+  </si>
+  <si>
+    <t>крепкая семья</t>
+  </si>
+  <si>
+    <t>31.12.2026 00:00</t>
+  </si>
+  <si>
+    <t>1 496 385,88</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «РАЗВИТИЕ ПАТРИОТИЧЕСКОГО ВОСПИТАНИЯ И ГРАЖДАНСКОЙ ОБОРОНЫ В МИРНОЙ ЖИЗНИ ДЛЯ ДЕТЕЙ И ВЗРОСЛЫХ, И ИННОВАЦИОННЫХ РАЗРАБОТОК «ОБЕРЕГ ИЗ ДОМА»</t>
+  </si>
+  <si>
+    <t>188447, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, М.Р-Н. ВОЛОСОВСКИЙ, С.П. БОЛЬШЕВРУДСКОЕ, П. БЕСЕДА, Д. 8, ПОМЕЩ. 5</t>
+  </si>
+  <si>
+    <t>1254700002941</t>
+  </si>
+  <si>
+    <t>4705123337</t>
+  </si>
+  <si>
+    <t>1 499 400,00</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР РЕАЛИЗАЦИИ КРЕАТИВНЫХ ИНИЦИАТИВ «ТРАДИЦИИ И СОВРЕМЕННОСТЬ»</t>
+  </si>
+  <si>
+    <t>188677, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, М.Р-Н. ВСЕВОЛОЖСКИЙ, Г.П. МУРИНСКОЕ, Г.. МУРИНО, ПР-КТ. АВИАТОРОВ БАЛТИКИ, Д. 3, К. 1, КВ. 322</t>
+  </si>
+  <si>
+    <t>1254700010806</t>
+  </si>
+  <si>
+    <t>4706090148</t>
+  </si>
+  <si>
+    <t>1 496 320,00</t>
+  </si>
+  <si>
+    <t>БЛАГОТВОРИТЕЛЬНЫЙ ФОНД ПОМОЩИ НУЖДАЮЩИМСЯ «АНДРЕЕВСКИЙ»</t>
+  </si>
+  <si>
+    <t>187031, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, М.Р-Н. ТОСНЕНСКИЙ, Г.П. ТОСНЕНСКОЕ, Д. АНДРИАНОВО, Д. 72Б</t>
+  </si>
+  <si>
+    <t>1254700006659</t>
+  </si>
+  <si>
+    <t>4705124179</t>
+  </si>
+  <si>
+    <t>1 480 926,11</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ ПО РАЗВИТИЮ ХОККЕЯ СРЕДИ ДЕТЕЙ И ВЗРОСЛЫХ «ЛАДОГА»</t>
+  </si>
+  <si>
+    <t>188660, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, М.Р-Н. ВСЕВОЛОЖСКИЙ, Г.П. БУГРОВСКОЕ, ТЕР. МАССИВ КОРАБСЕЛЬКИ, УЛ. КАРАГАНДИНСКАЯ, ЗД. 7, ПОМЕЩ. 61-67</t>
+  </si>
+  <si>
+    <t>1254700009387</t>
+  </si>
+  <si>
+    <t>4706089576</t>
+  </si>
+  <si>
+    <t>1 476 000,00</t>
+  </si>
+  <si>
+    <t>БЛАГОТВОРИТЕЛЬНЫЙ ФОНД «ЗА ЛЕНТУ»</t>
+  </si>
+  <si>
+    <t>187000, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, М.Р-Н. ТОСНЕНСКИЙ, Г.П. ТОСНЕНСКОЕ, Г. ТОСНО, ПР-КТ. ЛЕНИНА, Д. 41, КВ. 1</t>
+  </si>
+  <si>
+    <t>1254700012820</t>
+  </si>
+  <si>
+    <t>4705125623</t>
+  </si>
+  <si>
+    <t>1 484 960,00</t>
+  </si>
+  <si>
+    <t>28.04.2025 00:00</t>
+  </si>
+  <si>
+    <t>Ломоносовская Местная Общественная Организация Ветеранов (Пенсионеров)</t>
+  </si>
+  <si>
+    <t>г. Ломоносов, Еленинская ул., 18 (1 этаж), 198412</t>
+  </si>
+  <si>
+    <t>1027800012437</t>
+  </si>
+  <si>
+    <t>7819024889</t>
+  </si>
+  <si>
+    <t>Деятельность прочих общественных организаций и некоммерческих организаций, кроме религиозных и политических организаций</t>
+  </si>
+  <si>
+    <t>Подача заявки в рамках постановления администрации Ломоносовского муниципального района Ленинградской области от 28.04.2025 № 789/25</t>
+  </si>
+  <si>
+    <t>Администрация Ломоносовского муниципального района Ленинградской области</t>
+  </si>
+  <si>
+    <t>697 000 руб.</t>
+  </si>
+  <si>
+    <t>18.06.2025 00:00</t>
+  </si>
+  <si>
+    <t>Ломоносовкая районная Организация Ленинградской областной Организации Общероссийской Общественной Организации «Всероссийское Общество Инвалидов»</t>
+  </si>
+  <si>
+    <t>Ленинградская область, Ломоносовский район, деревня Низино, Санинское ш., д.3, 6, 188501</t>
+  </si>
+  <si>
+    <t>1034700004173</t>
+  </si>
+  <si>
+    <t>4720015150</t>
+  </si>
+  <si>
+    <t>Подача заявки в рамках постановления администрации Ломоносовского муниципального района Ленинградской области от 18.06.2025 № 1155/25</t>
+  </si>
+  <si>
+    <t>65 000 руб.</t>
+  </si>
+  <si>
+    <t>14.01.2025 00:00</t>
+  </si>
+  <si>
+    <t>АНО «ЦСППН «Империя»</t>
+  </si>
+  <si>
+    <t>Ленинградская область, Ломоносовский р-н, д Лаголово, _x000D_
+Садовая ул, д. 12, этаж 1 часть пом. 35, 188517</t>
+  </si>
+  <si>
+    <t>Предоставление прочих социальных услуг без обеспечения проживания, не включённых в другие группировки</t>
+  </si>
+  <si>
+    <t>Подача заявки в рамках постановления администрации Ломоносовского муниципального района Ленинградской области от 14.01.2025 № 23/25</t>
+  </si>
+  <si>
+    <t>Администрация Ломоносовского муниципального района Ленинграсдкой области</t>
+  </si>
+  <si>
+    <t>200 000 руб.</t>
+  </si>
+  <si>
+    <t>Благотворительный фонд «Паскаль за мир»</t>
+  </si>
+  <si>
+    <t>Ленинградская область, Ломоносовский р-н, гп Новоселье, Институтская ул, д.1, помещ. 402, 188507</t>
+  </si>
+  <si>
+    <t>Предоставление прочих финансовых услуг, кроме услуг страхованию и пенсионному обеспечению, не включённых в другие группировки</t>
+  </si>
+  <si>
+    <t>300 000 руб.</t>
+  </si>
+  <si>
+    <t>«Автономная некоммерческая организация Центр _x000D_
+социальной помощи, досуга и просвещения «Крылья» «</t>
+  </si>
+  <si>
+    <t>«Ленинградская область, Ломоносовский район, д. _x000D_
+Низино, ул. Верхняя 1, корпус 2, квартира 142, 188501 «</t>
+  </si>
+  <si>
+    <t>Деятельность по организации отдыха и развлечений прочая</t>
+  </si>
+  <si>
+    <t>500 000 руб.</t>
+  </si>
+  <si>
+    <t>06.11.2025 00:00</t>
+  </si>
+  <si>
+    <t>Местная общественная организация «Федерация бокса Сланцевского района Ленинградской области»	1	94.99.</t>
+  </si>
+  <si>
+    <t>88560, Ленинградская область, г. Сланцы, ул. Маяковского д.12, кв.9</t>
+  </si>
+  <si>
+    <t>Деятельность прочих общественных организаций и некоммерческих организаций, кроме религиозных и политических организаций.</t>
+  </si>
+  <si>
+    <t>Соглашение №2 от 06.11.2025г</t>
+  </si>
+  <si>
+    <t>администрация Сланцевского муниципального района Ленинградской области</t>
+  </si>
+  <si>
+    <t>45 000,00</t>
+  </si>
+  <si>
+    <t>Сланцевское местное отделение Ленинградского областного отделения Общероссийской общественной организации «Всероссийское добровольное пожарное общество»</t>
+  </si>
+  <si>
+    <t>188560, Ленинградская область, г. Сланцы, ул. М. Горького д.7а</t>
+  </si>
+  <si>
+    <t>1114700002757</t>
+  </si>
+  <si>
+    <t>4707470079</t>
+  </si>
+  <si>
+    <t>94.99. Деятельность прочих общественных организаций и некоммерческих организаций, кроме религиозных и политических организаций.</t>
+  </si>
+  <si>
+    <t>Соглашение №1 от 06.11.2025г</t>
+  </si>
+  <si>
+    <t>5 000,00</t>
+  </si>
+  <si>
+    <t>22.04.2025 00:00</t>
+  </si>
+  <si>
+    <t>Общественная организация ветеранов войны и труда Гатчинского муниципального района Ленинградской области</t>
+  </si>
+  <si>
+    <t>188300, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, Р-Н ГАТЧИНСКИЙ, Г ГАТЧИНА, УЛ КАРЛА МАРКСА, ЗД. 44</t>
+  </si>
+  <si>
+    <t>1044700002005</t>
+  </si>
+  <si>
+    <t>4705026284</t>
+  </si>
+  <si>
+    <t>94.99, Деятельность прочих общественных организаций и некоммерческих организаций, кроме религиозных и_x000D_
+политических организаций</t>
+  </si>
+  <si>
+    <t>30.12.2025 00:00</t>
+  </si>
+  <si>
+    <t>94.99, Деятельность прочих общественных организаций и некоммерческих организаций, кроме религиозных и политических организаций</t>
+  </si>
+  <si>
+    <t>Участие в конкурсе СОНКО ГМО</t>
+  </si>
+  <si>
+    <t>5 159 821,00</t>
+  </si>
+  <si>
     <t>22.01.2024 00:00</t>
   </si>
   <si>
-    <t>Общественная организация ветеранов войны и труда Гатчинского муниципального района Ленинградской области</t>
-[...1 lines deleted...]
-  <si>
     <t>188300, Ленинградская область, Гатчинский р-н, г. Гатчина, ул. Карла Маркса, д.44</t>
   </si>
   <si>
-    <t>1044700002005</t>
-[...4 lines deleted...]
-  <si>
     <t>Постановление №189 от 22.01.2024/ Постановление №1803 от 15.04.2024</t>
   </si>
   <si>
     <t>администрация Гатчинского муниципального района</t>
   </si>
   <si>
     <t>3 671 265,00</t>
   </si>
   <si>
     <t>Гатчинская районная организация Ленинградской областной организации Общероссийской общественной организации «Всероссийское общество инвалидов»</t>
   </si>
   <si>
     <t>188307, Ленинградская область, Гатчинский р-н, г. Гатчина, ул. Григорина, д.6</t>
   </si>
   <si>
     <t>1024701241641</t>
   </si>
   <si>
     <t>4705009480</t>
   </si>
   <si>
     <t>Постановление №1803 от 15.04.2024</t>
   </si>
   <si>
     <t>197 100,00</t>
@@ -5941,53 +6380,50 @@
     <t>4705075789</t>
   </si>
   <si>
     <t>Постановление №568 от 12.02.2024</t>
   </si>
   <si>
     <t>5 200 000,00</t>
   </si>
   <si>
     <t>Фонд многодетный матерей, опекунов, одиноких матерей «Теплый дом»</t>
   </si>
   <si>
     <t>188304, Ленинградская область, Гатчинский район, город Гатчина, Революционный пер., д. 1, комнаты 21, 22</t>
   </si>
   <si>
     <t>Постановление №551 от 12.02.2024</t>
   </si>
   <si>
     <t>820 000,00</t>
   </si>
   <si>
     <t>Региональный благотворительный фонд развития местных сообществ «Помощь объединяет»</t>
   </si>
   <si>
     <t>188309, Ленинградская область, Гатчинский р-н, г. Гатчина, ул. Генерала Кныша, д. 14 к. а, помещ. 2.30</t>
-  </si>
-[...1 lines deleted...]
-    <t>188 000,00</t>
   </si>
   <si>
     <t>Автономная некоммерческая спортивно-патриотическая, социально-культурная организация центр досуга и развития «Акуна Матата» (Нет проблем)</t>
   </si>
   <si>
     <t>188306, Ленинградская область, Гатчинский р-н, г. Гатчина, Рощинская ул., д. 3а, кв. 47</t>
   </si>
   <si>
     <t>93.29.9</t>
   </si>
   <si>
     <t>199 931,00</t>
   </si>
   <si>
     <t>Ленинградская областная молодежная общественная организация содействия развитию и становлению молодежи «Центр молодежных инициатив»</t>
   </si>
   <si>
     <t>188304, Ленинградская область, Гатчинский р-н, г. Гатчина, Революционный пер., д.1</t>
   </si>
   <si>
     <t>195 000,00</t>
   </si>
   <si>
     <t>Автономная некоммерческая организация поддержки и развития общественных инициатив «В ногу со временем»</t>
   </si>
@@ -6227,57 +6663,51 @@
   <si>
     <t>4705047260</t>
   </si>
   <si>
     <t>Общественный фонд содействия развитию Ленинградской области</t>
   </si>
   <si>
     <t>188382, Ленинградская область, р-н Гатчинский, гп. Вырица, ул. Слуцкая, д. 9а</t>
   </si>
   <si>
     <t>100 000,00 руб</t>
   </si>
   <si>
     <t>Общественная организация ветеранов войны и труда Сланцевского муниципального района Ленинградской  области</t>
   </si>
   <si>
     <t>188560, Ленинградская область, г. Сланцы пер. Трестовский д.6</t>
   </si>
   <si>
     <t>1104700001647</t>
   </si>
   <si>
     <t>4707030720</t>
   </si>
   <si>
-    <t>94.99. Деятельность прочих общественных организаций и некоммерческих организаций, кроме религиозных и политических организаций.</t>
-[...1 lines deleted...]
-  <si>
     <t>Соглашение №1 от 11.03.2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>администрация Сланцевского муниципального района Ленинградской области</t>
   </si>
   <si>
     <t>403 827,00</t>
   </si>
   <si>
     <t>20.03.2024 00:00</t>
   </si>
   <si>
     <t>Фонд поддержки малого и среднего предпринимательства МО Сланцевского муниципального района Ленинградской области «Социально-деловой центр»</t>
   </si>
   <si>
     <t>188560, Ленинградская область, г. Сланцы ул. Кирова д.19</t>
   </si>
   <si>
     <t>1024701707612</t>
   </si>
   <si>
     <t>4713006250</t>
   </si>
   <si>
     <t>70.22.Консультирование по вопросам коммерческой деятельности и управления»              68.20.2. «Аренда и управление собственным или арендованным нежилым недвижимым имуществом».        69.10. Деятельность в области права.     69.20. Расшифровка: Деятельность по оказанию услуг в области бухгалтерского учета, по проведению финансового аудита, по налоговому консультированию.   73.20.  Исследование конъюнктуры рынка и изучение общественного мнения.</t>
   </si>
   <si>
     <t>Соглашение №1 от 20.03.2024</t>
   </si>
@@ -6747,84 +7177,69 @@
 о предоставлении субсидии из бюджета Волховского муниципального района Ленинградской области общественным организациям ветеранов войны и труда, организациям инвалидов Волховского муниципального района на финансовое обеспечение затрат в связи с осуществлением уставной деятельности  в 2024г.»</t>
   </si>
   <si>
     <t>81,10</t>
   </si>
   <si>
     <t>«Соглашение № 45 от 20.02.2024г._x000D_
 о предоставлении субсидии из бюджета Волховского муниципального района Ленинградской области общественным организациям ветеранов войны и труда, организациям инвалидов Волховского муниципального района на финансовое обеспечение затрат в связи с осуществлением уставной деятельности  в 2024г.»</t>
   </si>
   <si>
     <t>11.04.2024 00:00</t>
   </si>
   <si>
     <t>Ломоносовская районная организвция Ленинградской областной организации общероссийской общественной организации «Всероссийское общество инвалидов»</t>
   </si>
   <si>
     <t>«188501,_x000D_
 ЛЕНИНГРАДСКАЯ ОБЛАСТЬ,_x000D_
 Р-Н ЛОМОНОСОВСКИЙ,_x000D_
 Д. НИЗИНО,_x000D_
 Ш. САНИНСКОЕ,_x000D_
 Д.3,_x000D_
 КВ.6»</t>
   </si>
   <si>
-    <t>1034700004173</t>
-[...4 lines deleted...]
-  <si>
     <t>«94.99 Деятельность прочих общественных_x000D_
 организаций и некоммерческих_x000D_
 организаций, кроме религиозных и_x000D_
 политических организаций»</t>
   </si>
   <si>
     <t>Постановление администрации Ломоносовского муниципального района Ленинградской области от 10.04.2024 №597/24, Соглашение о предоставлении субсидии из бюджета муниципального образования Ломоносовский муниципальный район №2С от 11.04.2024</t>
   </si>
   <si>
-    <t>Администрация Ломоносовского муниципального района Ленинградской области</t>
-[...1 lines deleted...]
-  <si>
     <t>65 000,00</t>
   </si>
   <si>
     <t>«Ломоносовская местная_x000D_
 общественная организация ветеранов (пенсионеров) войны,_x000D_
 труда, Вооруженных сил и правоохранительных органов_x000D_
 «</t>
   </si>
   <si>
     <t>198412, Санкт-Петербург, г. Ломоносов, ул. Еленинская, д. 18</t>
-  </si>
-[...4 lines deleted...]
-    <t>7819024889</t>
   </si>
   <si>
     <t>Постановление администрации Ломоносовского муниципального района Ленинградской области от 01.04.2024 №533/24, Соглашение о предоставлении субсидии из бюджета муниципального образования Ломоносовский муниципальный район №1С от 01.04.2024</t>
   </si>
   <si>
     <t>690 992,00</t>
   </si>
   <si>
     <t>14.02.2024 00:00</t>
   </si>
   <si>
     <t>МЕСТНАЯ ОБЩЕСТВЕННАЯ ОРГАНИЗАЦИЯ ВЕТЕРАНОВ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ «ЛОДЕЙНОПОЛЬСКИЙ РАЙОН ЛЕНИНГРАДСКОЙ ОБЛАСТИ»</t>
   </si>
   <si>
     <t>187700, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, ЛОДЕЙНОПОЛЬСКИЙ РАЙОН, ГОРОД ЛОДЕЙНОЕ ПОЛЕ , УЛИЦА ТИТОВА , ДОМ 54 (187700, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, ЛОДЕЙНОПОЛЬСКИЙ РАЙОН, ГОРОД ЛОДЕЙНОЕ ПОЛЕ,  УЛИЦА ГАГАРИНА, ДОМ 1, КОРПУС 13)</t>
   </si>
   <si>
     <t>«Деятельность прочих общественных_x000D_
 организаций, не включенных в другие_x000D_
 группировки»</t>
   </si>
   <si>
     <t>Распоряжение Администрации Лодейнопольского муниципального района Ленинградской области от 14.02.2024 № 49-р «О предоставлении субсидии из бюджета Лодейнопольского муниципального района Ленинградской области социально- ориентированным некоммерческим организациям, осуществляющим деятельность в сфере социальной поддержки и защиты ветеранов»</t>
   </si>
   <si>
@@ -7626,56 +8041,50 @@
   <si>
     <t>4715018772</t>
   </si>
   <si>
     <t>70,22</t>
   </si>
   <si>
     <t>Постановление от 26 января 2024 года № 88 «Об утверждении Порядка предоставления субсидии из бюджета Бокситогорского муниципального района Централизованному муниципальному фонду по содействию и развитию малого предпринимательства Бокситогорского муниципального района на финансовое обеспечение затрат в связи с осуществлением уставной деятельности на 2024 год и плановый период 2025 и 2026 годов»</t>
   </si>
   <si>
     <t>Администрация Бокситогорского муниципального района</t>
   </si>
   <si>
     <t>1316,698 тыс. руб.</t>
   </si>
   <si>
     <t>08.05.2024 00:00</t>
   </si>
   <si>
     <t>Местная общественная молодежная организация «Ореол»</t>
   </si>
   <si>
     <t>Индекс 187650, Ленинградская область, г. Бокситогорск, ул. Комсомольская, д.5</t>
   </si>
   <si>
-    <t>1194700001176</t>
-[...4 lines deleted...]
-  <si>
     <t>Постановление от 30 июня 2023 года № 694 «О порядке предоставления субсидий социально-ориетированным некоммерческим организациям в целях финансового обеспечения затрат в связи с оказанием общественно полезных услуг»</t>
   </si>
   <si>
     <t>150,0 тыс. руб.</t>
   </si>
   <si>
     <t>25.01.2024 00:00</t>
   </si>
   <si>
     <t>Общественная организация ветеранов (пенсионеров) Бокситогорского района Ленинградской области</t>
   </si>
   <si>
     <t>Индекс 187651, Ленинградская область, Бокситогорский район, г. Бокситогорск, ул. Вишнякова, д.23,оф. 53.</t>
   </si>
   <si>
     <t>Постановление от 24 января 2024 года № 70 «Об утверждении Порядка предоставления субсидии из бюджета Бокситогорского муниципального района общественным организациям ветеранов войны и труда Бокситогорского муниципального района на финансовое обеспечение затрат в связи с осуществлением уставной деятельности на 2024 год и плановый период 2025 и 2026 годов</t>
   </si>
   <si>
     <t>Субсидия за счет средств бюджета Бокситогорского муниципального района - 1764,300 тыс. руб., субсидия за счет средств областного бюджета Ленинградской области - 308,755 тыс. руб.</t>
   </si>
   <si>
     <t>31.01.2024 00:00</t>
   </si>
   <si>
     <t>Общественная организация Ветеранов (Пенсионеров) Войны, Труда муниципального образования Пикалевское городское поселение Бокситогорского муниципального района Ленинградской области</t>
@@ -7720,50 +8129,1370 @@
     <t>4716011498</t>
   </si>
   <si>
     <t>Поддержка проектов по развитию туристического потенциала</t>
   </si>
   <si>
     <t>01.09.2023 00:00</t>
   </si>
   <si>
     <t>Распоряжение Комитета общественных коммуникаций Ленинградской области от 16.08.2023 № 47 «О предоставлении грантов в форме субсидий и об отказе в предоставлении грантов в форме субсидий участникам третьего в 2023 году конкурсного отбора по предоставлению грантов Губернатора Ленинградской области в форме субсидий социально ориентированным некоммерческим организациям на реализацию проектов»</t>
   </si>
   <si>
     <t>1 654 000,00</t>
   </si>
   <si>
     <t>11.12.2024 00:00</t>
   </si>
   <si>
     <t>188643, null ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, Р-Н ВСЕВОЛОЖСКИЙ, Г. ВСЕВОЛОЖСК, УЛ. ЛЕНИНГРАДСКАЯ Д. 13, КВ. 156</t>
   </si>
   <si>
     <t>Комитет по культуре и туризму Ленинградской области</t>
   </si>
   <si>
     <t>3100000</t>
+  </si>
+  <si>
+    <t>30.05.2025 00:00</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ КУЛЬТУРНЫХ И ТУРИСТСКИХ ИНИЦИАТИВ«БОРЕЙ»</t>
+  </si>
+  <si>
+    <t>188327, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, М.Р-Н. ГАТЧИНСКИЙ, С.П. КОБРИНСКОЕ, ТЕР. СНТ. НОВОЕ, Д. 73</t>
+  </si>
+  <si>
+    <t>90.04.2, Деятельность многоцелевых центров и подобных заведений с преобладанием культурного обслуживания</t>
+  </si>
+  <si>
+    <t>Администрация Гатчинского МО</t>
+  </si>
+  <si>
+    <t>250 000,00</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ АКАДЕМИЯ РАЗВИТИЯ И ПОПУЛЯРИЗАЦИИ БЕГА_x000D_
+«ГАТЧИНАРАН» (БЕГОВАЯ ГАТЧИНА)</t>
+  </si>
+  <si>
+    <t>188300, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, М.О. ГАТЧИНСКИЙ, Г. ГАТЧИНА, ПР-КТ. 25 ОКТЯБРЯ, Д. 50, К. 1, КВ</t>
+  </si>
+  <si>
+    <t>93.19, Деятельность в области спорта прочая</t>
+  </si>
+  <si>
+    <t>248 020,00</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ ПО СОДЕЙСТВИЮ В ВЫЯВЛЕНИИ,_x000D_
+ПОПУЛЯРИЗАЦИИ И СОХРАНЕНИИ ПАМЯТНИКОВ КУЛЬТУРНОГО НАСЛЕДИЯ «ГАТЧИНСКАЯ_x000D_
+МЕЛЬНИЦА»</t>
+  </si>
+  <si>
+    <t>188301, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, М.Р-Н. ГАТЧИНСКИЙ, С.П. ПУДОСТЬСКОЕ, ПРОМЗОНА._x000D_
+КОРПИКОВО, ЗД. 2, ОФИС 5-216</t>
+  </si>
+  <si>
+    <t>91.03, Деятельность по охране исторических мест и зданий, памятников культуры</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ КУЛЬТУРНЫЙ ЦЕНТР «ЗАГВОЗДКА»</t>
+  </si>
+  <si>
+    <t>188304, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, Р-Н ГАТЧИНСКИЙ, Г ГАТЧИНА, УЛ ВАРШАВСКАЯ, Д. 2А</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ ПО РАЗВИТИЮ СОЦИАЛЬНЫХ, ПАТРИОТИЧЕСКИХ_x000D_
+И СПОРТИВНЫХ ПРОЕКТОВ «КОЛЬЧУГА»</t>
+  </si>
+  <si>
+    <t>188347, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, М.О. ГАТЧИНСКИЙ, П. КАРТАШЕВСКАЯ, УЛ. ПУШКИНСКАЯ, Д. 5</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ СЕМЕЙНЫЙ КЛУБ ДОСУГА, ДУХОВНОГО И_x000D_
+ТВОРЧЕСКОГО РАЗВИТИЯ «КОРОЛЕВСКОЕ ДВИЖЕНИЕ»</t>
+  </si>
+  <si>
+    <t>93.29, Деятельность по организации отдыха и развлечений прочая</t>
+  </si>
+  <si>
+    <t>188382, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, Р-Н ГАТЧИНСКИЙ, ГП ВЫРИЦА, УЛ СЛУЦКАЯ, Д. 11, КВ. 27</t>
+  </si>
+  <si>
+    <t>96.09, Предоставление прочих персональных услуг, не включенных в другие группировки</t>
+  </si>
+  <si>
+    <t>246 500,00</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ ЦЕНТР РАЗВИТИЯ ЭКОЛОГИЧЕСКИХ И КРАЕВЕДЧЕСКИХ ИНИЦИАТИВ «КУЛЬТУРНЫЙ СЛЕД»</t>
+  </si>
+  <si>
+    <t>188330, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, М.О. ГАТЧИНСКИЙ, ГП. СИВЕРСКИЙ, УЛ. СТРОИТЕЛЕЙ, Д. 10, КВ. 17</t>
+  </si>
+  <si>
+    <t>72.19, Научные исследования и разработки в области естественных и технических наук прочие</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР РАЗВИТИЯ И ПОДДЕРЖКИ_x000D_
+ОБЩЕСТВЕННЫХ И СОЦИАЛЬНЫХ ИНИЦИАТИВ «НАСЛЕДИЕ«»</t>
+  </si>
+  <si>
+    <t>188320, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, М.О. ГАТЧИНСКИЙ, Д. ПОКРОВСКАЯ, Д. 78</t>
+  </si>
+  <si>
+    <t>85.41, Образование дополнительное детей и взрослых</t>
+  </si>
+  <si>
+    <t>188304, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, Р-Н ГАТЧИНСКИЙ, Г ГАТЧИНА, ПЕР РЕВОЛЮЦИОННЫЙ, Д. 1,КОМНАТЫ 21, 22</t>
+  </si>
+  <si>
+    <t>64.99, Предоставление прочих финансовых услуг, кроме услуг по страхованию и пенсионному обеспечению, не включенных в другие группировки</t>
+  </si>
+  <si>
+    <t>ГАТЧИНСКАЯ РАЙОННАЯ ОРГАНИЗАЦИЯ ЛЕНИНГРАДСКОЙ ОБЛАСТНОЙ ОРГАНИЗАЦИИ ОБЩЕРОССИЙСКОЙ ОБЩЕСТВЕННОЙ ОРГАНИЗАЦИИ «ВСЕРОССИЙСКОЕ ОБЩЕСТВО ИНВАЛИДОВ»</t>
+  </si>
+  <si>
+    <t>188307, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, Р-Н ГАТЧИНСКИЙ, Г ГАТЧИНА, УЛ ГРИГОРИНА, Д. 6</t>
+  </si>
+  <si>
+    <t>КОММУНАРОВСКАЯ ГОРОДСКАЯ ОРГАНИЗАЦИЯ ЛЕНИНГРАДСКОЙ ОБЛАСТНОЙ ОРГАНИЗАЦИИ ОБЩЕРОССИЙСКОЙ ОБЩЕСТВЕННОЙ ОРГАНИЗАЦИИ «ВСЕРОССИЙСКОЕ ОБЩЕСТВО ИНВАЛИДОВ»</t>
+  </si>
+  <si>
+    <t>188320, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, Р-Н ГАТЧИНСКИЙ, Г КОММУНАР, УЛ САДОВАЯ, Д. 3</t>
+  </si>
+  <si>
+    <t>1034700006912</t>
+  </si>
+  <si>
+    <t>4719019336</t>
+  </si>
+  <si>
+    <t>28.05.2025 00:00</t>
+  </si>
+  <si>
+    <t>РЕГИОНАЛЬНАЯ ОБЩЕСТВЕННАЯ ОРГАНИЗАЦИЯ «ШКОЛА ТРЕТЬЕГО ВОЗРАСТА» ГАТЧИНСКОГО МУНИЦИПАЛЬНОГО РАЙОНА ЛЕНИНГРАДСКОЙ ОБЛАСТИ</t>
+  </si>
+  <si>
+    <t>188302, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, Р-Н ГАТЧИНСКИЙ, Г ГАТЧИНА, УЛ ШКОЛЬНАЯ, Д. 1, ПОМЕЩ. 23</t>
+  </si>
+  <si>
+    <t>240793,90</t>
+  </si>
+  <si>
+    <t>91.02, Деятельность музеев</t>
+  </si>
+  <si>
+    <t>249 700,00</t>
+  </si>
+  <si>
+    <t>25.07.2025 00:00</t>
+  </si>
+  <si>
+    <t>15.07.2025 00:00</t>
+  </si>
+  <si>
+    <t>249750,00</t>
+  </si>
+  <si>
+    <t>01.10.2025 00:00</t>
+  </si>
+  <si>
+    <t>14.10.2025 00:00</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «РЕСУРСНЫЙ ЦЕНТР ПОДДЕРЖКИ НКО «ПРОСТРАНСТВО 47«»</t>
+  </si>
+  <si>
+    <t>188304, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, М.О. ГАТЧИНСКИЙ, Г. ГАТЧИНА, ПР-КТ. 25 ОКТЯБРЯ, Д. 5</t>
+  </si>
+  <si>
+    <t>1254700010014</t>
+  </si>
+  <si>
+    <t>4705125020</t>
+  </si>
+  <si>
+    <t>63.99.1, Деятельность по оказанию консультационных и информационных услуг</t>
+  </si>
+  <si>
+    <t>900 000,00</t>
+  </si>
+  <si>
+    <t>16.10.2025 00:00</t>
+  </si>
+  <si>
+    <t>188306, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, М.О. ГАТЧИНСКИЙ, Г. ГАТЧИНА, УЛ. ЧЕХОВА, Д. 25А, ПОМЕЩ. 39/2</t>
+  </si>
+  <si>
+    <t>88.99, Предоставление прочих социальных услуг без обеспечения проживания, не включенных в другие группировки</t>
+  </si>
+  <si>
+    <t>249626,00</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВЕННАЯ ОРГАНИЗАЦИЯ ТАТАРСКО-БАШКИРСКОЕ ОБЩЕСТВО Г. ГАТЧИНЫ И ГАТЧИНСКОГО РАЙОНА ЛЕНИНГРАДСКОЙ ОБЛАСТИ «ЮЛДАШ» («ПОПУТЧИК»)</t>
+  </si>
+  <si>
+    <t>188300, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, Р-Н ГАТЧИНСКИЙ, Г ГАТЧИНА, УЛ СОБОРНАЯ, Д. 14</t>
+  </si>
+  <si>
+    <t>1034700004899</t>
+  </si>
+  <si>
+    <t>4705019791</t>
+  </si>
+  <si>
+    <t>247 700,00</t>
+  </si>
+  <si>
+    <t>249 596,70</t>
+  </si>
+  <si>
+    <t>Автономная некоммерческая организация «Футбольный клуб «Жемчужина»</t>
+  </si>
+  <si>
+    <t>187026, Ленинградская область, г. Никольское, Советский пр., 233</t>
+  </si>
+  <si>
+    <t>1164700050129</t>
+  </si>
+  <si>
+    <t>4716041502</t>
+  </si>
+  <si>
+    <t>Пропаганда здорового образа жизни. Благотворительная деятельность.</t>
+  </si>
+  <si>
+    <t>Постановление администрации  Тосненского муниципального района Ленинградской области №1320-па от 25.04.2025</t>
+  </si>
+  <si>
+    <t>200 000 рублей</t>
+  </si>
+  <si>
+    <t>Ленинградская областная общественная организация «Сохранение природы и культурного наследия»</t>
+  </si>
+  <si>
+    <t>187010, Ленинградская область, гп. Ульяновка, пр. Советский, д. 205А</t>
+  </si>
+  <si>
+    <t>Просветительская деятельность по повышению у населения культуры и духовности. Ведение геологического и экологического мониторинга окружающей среды, в частности, комплексного памятника природы «Саблинский», его охрана.</t>
+  </si>
+  <si>
+    <t>15.10.2025 00:00</t>
+  </si>
+  <si>
+    <t>Автономная некоммерческая организация дополнительного образования Спортивный клуб «Пилигрим»</t>
+  </si>
+  <si>
+    <t>187047, Ленинградская область, Тосненский район, г. Никольское,  пр-кт Советский, д.194, кв.12</t>
+  </si>
+  <si>
+    <t>1244700013414</t>
+  </si>
+  <si>
+    <t>4705113000</t>
+  </si>
+  <si>
+    <t>Деятельность в области  профилактики и охраны  здоровья граждан, пропаганды здорового образа жизни, физической культуры и спорта. Деятельность в сфере патриотического, в том числе военно-патриотического, воспитания граждан Российской Федерации.</t>
+  </si>
+  <si>
+    <t>31.10.2025 00:00</t>
+  </si>
+  <si>
+    <t>Региональная общественная организация помощи детям, оставшимся без попечения родителей, детям из неблагополучных семей и детям с ограниченными возможностями «Добро для всех»</t>
+  </si>
+  <si>
+    <t>187026, Ленинградская область, Тосненский район, г. Никольское, пр. Советский, д. 144, к.2, кв. 56</t>
+  </si>
+  <si>
+    <t>Организация и/или проведение физкультурно-оздоровительных мероприятий для детей-инвалидов, детей с огрнаиченными возможностями здоровья, их родителей и членов их семей, с привлечением специалистов. Со</t>
+  </si>
+  <si>
+    <t>15.12.2025 00:00</t>
+  </si>
+  <si>
+    <t>Благотворительный фонд «Единство добра»</t>
+  </si>
+  <si>
+    <t>187000, Ленинградская область, г. Тосно, ул. 2-я Красноармейская, д.7</t>
+  </si>
+  <si>
+    <t>Содействие добровольческой (волонтёрской) деятельности_x000D_
+ Содействие укреплению мира, дружбы и согласия между народами, предотвращение социальных, национальных, и религиозных конфликтов.</t>
+  </si>
+  <si>
+    <t>28.11.2025 00:00</t>
+  </si>
+  <si>
+    <t>Автономная некоммерческая организация центр развития и поддержки молодежных инициатив и проектов «Академия личности»</t>
+  </si>
+  <si>
+    <t>187026, Ленинградская область, г. Никольское, ул. Первомайская, д. 3, пом. 1</t>
+  </si>
+  <si>
+    <t>1234700021434</t>
+  </si>
+  <si>
+    <t>4705104366</t>
+  </si>
+  <si>
+    <t>Деятельность в области поддержки деятелньости молодежи. Организация и (или) проведение просветительских семинаров, выставок, конференций, смотров и д.р.</t>
+  </si>
+  <si>
+    <t>188542, Ленинградская область, г. Сосновый Бор, ул.Красных Фортов, д.51</t>
+  </si>
+  <si>
+    <t>Деятельность в сфере государственной политики по защите гражданских, политических, экономических и социальных прав и свобод ветеранов и инвалидов, содействие в улучшении их материального благополучия, жилищных условий, торгового, медицинского, бытового и других видов обслуживания в соответствии с уставными целями организаций и на частичное возмещение затрат, связанных с оплатой жилищно-коммунальных услуг</t>
+  </si>
+  <si>
+    <t>Постановление администрации Сосновоборского городского округа от 20.02.2025г. № 503 «Об утверждении Положения о порядке предоставления субсидий на финансовую поддержку социально ориентированным некоммерческим организациям ветеранов и инвалидов в муниципальном образовании Сосновоборский городской округ Ленинградской области»</t>
+  </si>
+  <si>
+    <t>Администрация муниципального образования Сосновоборский городской округ Ленинградской области</t>
+  </si>
+  <si>
+    <t>940360,0</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургская региональная организация Общероссийской общественной организации инвалидов «Всероссийское ордена Трудового Красного Знамени общество слепых»</t>
+  </si>
+  <si>
+    <t>188540, Ленинградская область, г. Сосновый Бор, ул. Ленинградская, д.66</t>
+  </si>
+  <si>
+    <t>119 200,0</t>
+  </si>
+  <si>
+    <t>Сосновоборская городская организация Ленинградской областной организации Всероссийского общества инвалидов</t>
+  </si>
+  <si>
+    <t>965 523,0</t>
+  </si>
+  <si>
+    <t>Сосновоборское городское отделение Ленинградского областного отделения Общероссийской общественной организации инвалидов Союз «Чернобыль» России</t>
+  </si>
+  <si>
+    <t>188540, Ленинградская область, г. Сосновый Бор, ул.Ленинградская, д.60</t>
+  </si>
+  <si>
+    <t>1024701760764</t>
+  </si>
+  <si>
+    <t>4714012792</t>
+  </si>
+  <si>
+    <t>1 056 002,4</t>
+  </si>
+  <si>
+    <t>26.03.2025 00:00</t>
+  </si>
+  <si>
+    <t>Фонд поддержки малого и среднего предпринимательства муниципального образования Сланцевский муниципальный район Ленинградской области «Социально-деловой центр»</t>
+  </si>
+  <si>
+    <t>188560, Ленинградская область, р-н Сланцевский, г. Сланцы, ул. Кирова, д.19</t>
+  </si>
+  <si>
+    <t>70.22. Консультирование по вопросам коммерческой деятельности и управления_x000D_
+68.20.2. Аренда и управление собственным или арендованным нежилым недвижимым имуществом_x000D_
+69.10. Деятельность в области права_x000D_
+69.20. Деятельность по оказанию услуг в области бухгалтерского учета, по проведению финансового аудита, по налоговому консультированию_x000D_
+73.20.  Исследование конъюнктуры рынка и изучение общественного мнения</t>
+  </si>
+  <si>
+    <t>Соглашение № 1 от 26.03.2025_x000D_
+Соглашение № 2 от 26.06.2025_x000D_
+Соглашение № 3 от 16.07.2025_x000D_
+Соглашение № 4 от 21.07.2025_x000D_
+Соглашение № 5 от 16.10.2025_x000D_
+Соглашение № 1 от 16.10.2025</t>
+  </si>
+  <si>
+    <t>4 867 200,00</t>
+  </si>
+  <si>
+    <t>ФОНД «МУНИЦИПАЛЬНЫЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА»</t>
+  </si>
+  <si>
+    <t>187000, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, Р-Н ТОСНЕНСКИЙ, Г. ТОСНО, ПР-КТ ЛЕНИНА, Д. 29</t>
+  </si>
+  <si>
+    <t>1034701893412</t>
+  </si>
+  <si>
+    <t>4716008150</t>
+  </si>
+  <si>
+    <t>Консультирование по вопросам коммерческой деятельности и управления</t>
+  </si>
+  <si>
+    <t>постановление Правительства Ленинградской области от 16 января 2024 года № 14</t>
+  </si>
+  <si>
+    <t>Комитет по развитию малого, среднего предпринимательства и потребительского рынка Ленинградской области</t>
+  </si>
+  <si>
+    <t>3 000 000,00</t>
+  </si>
+  <si>
+    <t>ЦЕНТРАЛИЗОВАННЫЙ МУНИЦИПАЛЬНЫЙ ФОНД ПО СОДЕЙСТВИЮ И РАЗВИТИЮ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА БОКСИТОГОРСКОГО МУНИЦИПАЛЬНОГО РАЙОНА</t>
+  </si>
+  <si>
+    <t>187600, Ленинградская область, Бокситогорский район, город Пикалево, Вокзальная ул., д.13 литер «а»</t>
+  </si>
+  <si>
+    <t>2 000 000,00</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА МО «ГОРОД ПИКАЛЕВО»</t>
+  </si>
+  <si>
+    <t>Ленинградская область, Бокситогорский район, город Пикалево, улица Заводская, дом 10, офис 3.11</t>
+  </si>
+  <si>
+    <t>1024700508800</t>
+  </si>
+  <si>
+    <t>4701005780</t>
+  </si>
+  <si>
+    <t>910 823,00</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «УЧЕБНО-ДЕЛОВОЙ ЦЕНТР (БИЗНЕС-ИНКУБАТОР)»</t>
+  </si>
+  <si>
+    <t>187553, Ленинградская область, г. Тихвин, 1 мкр., дом 24А</t>
+  </si>
+  <si>
+    <t>1024701849578</t>
+  </si>
+  <si>
+    <t>4715010734</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ «ФОНД РАЗВИТИЯ И ПОДДЕРЖКИ МАЛОГО,СРЕДНЕГО БИЗНЕСА ПРИОЗЕРСКОГО МУНИЦИПАЛЬНОГО РАЙОНА»</t>
+  </si>
+  <si>
+    <t>188760, Ленинградская область, город Приозерск, улица Ленина,дом 36</t>
+  </si>
+  <si>
+    <t>1024701648960</t>
+  </si>
+  <si>
+    <t>4712018622</t>
+  </si>
+  <si>
+    <t>2 528 536,00</t>
+  </si>
+  <si>
+    <t>МЕЖМУНИЦИПАЛЬНАЯ АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР СОДЕЙСТВИЯ РАЗВИТИЮ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА (МИКРОКРЕДИТНАЯ КОМПАНИЯ)»</t>
+  </si>
+  <si>
+    <t>187113, Ленинградская область, Киришский район, город Кириши, переулок Школьный, дом 3, 1 этаж</t>
+  </si>
+  <si>
+    <t>1114700000711</t>
+  </si>
+  <si>
+    <t>4715470019</t>
+  </si>
+  <si>
+    <t>2 421 299,00</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ВЫБОРГСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА»</t>
+  </si>
+  <si>
+    <t>188800, Ленинградская обл., г. Выборг, пр. Ленина, д. 18</t>
+  </si>
+  <si>
+    <t>1164700050657</t>
+  </si>
+  <si>
+    <t>4704099963</t>
+  </si>
+  <si>
+    <t>СОСНОВОБОРСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>188544, Ленинградская область, г. Сосновый Бор, ул. проспект Героев, д. 54а</t>
+  </si>
+  <si>
+    <t>1044701760388</t>
+  </si>
+  <si>
+    <t>4714016772</t>
+  </si>
+  <si>
+    <t>1 031 859,00</t>
+  </si>
+  <si>
+    <t>«МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА» ГАТЧИНСКОГО МУНИЦИПАЛЬНОГО РАЙОНА</t>
+  </si>
+  <si>
+    <t>188340, Ленинградская область, Гатчинский муниципальный округ, гп.Тайцы, ул.Юного Ленинца, д.2</t>
+  </si>
+  <si>
+    <t>1024702092128</t>
+  </si>
+  <si>
+    <t>4719011785</t>
+  </si>
+  <si>
+    <t>1 959 000,00</t>
+  </si>
+  <si>
+    <t>187600, Ленинградская область, Бокситогорский район, город Пикалево, Вокзальная ул., д.13 литер «а»;</t>
+  </si>
+  <si>
+    <t>«постановлением Правительства Ленинградской области_x000D_
+от 2 апреля 2024 года № 225»</t>
+  </si>
+  <si>
+    <t>1 022 350,00</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ВОЛХОВСКИЙ БИЗНЕС-ИНКУБАТОР»</t>
+  </si>
+  <si>
+    <t>187406, Ленинградская область, г. Волхов, ул. Авиационная, д. 48</t>
+  </si>
+  <si>
+    <t>1134700001611</t>
+  </si>
+  <si>
+    <t>4702470124</t>
+  </si>
+  <si>
+    <t>299 150,00</t>
+  </si>
+  <si>
+    <t>ФОНД «ВСЕВОЛОЖСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА - БИЗНЕС-ИНКУБАТОР» МИКРОКРЕДИТНАЯ КОМПАНИЯ</t>
+  </si>
+  <si>
+    <t>г. Всеволожск, Всеволожский пр., дом 14а</t>
+  </si>
+  <si>
+    <t>1114700002801</t>
+  </si>
+  <si>
+    <t>4703470254</t>
+  </si>
+  <si>
+    <t>1 023 055,00</t>
+  </si>
+  <si>
+    <t>Фонд поддержки малого и среднего предпринимательства Гатчинского муниципального округа</t>
+  </si>
+  <si>
+    <t>Ленинградская область, Гатчинский муниципальный округ, пгт.Тайцы, ул. Юного Ленинца, д.2</t>
+  </si>
+  <si>
+    <t>1 655 445,00</t>
+  </si>
+  <si>
+    <t>187406,Ленинградская область, город Волхов, улица Авиационная, дом 48</t>
+  </si>
+  <si>
+    <t>01.01.2026 00:00</t>
+  </si>
+  <si>
+    <t>2 012 869,07</t>
+  </si>
+  <si>
+    <t>г. Всеволожск, Всеволожский проспект, дом 14а</t>
+  </si>
+  <si>
+    <t>2 935 299,74</t>
+  </si>
+  <si>
+    <t>187553, Ленинградская область, Тихвинский район, город Тихвин, мкр. 1, д.24 а</t>
+  </si>
+  <si>
+    <t>917 770,38</t>
+  </si>
+  <si>
+    <t>Ленинградская область, Гатчинский муниципальный округ, пгт.Тайцы, ул.Юного Ленинца, д.2</t>
+  </si>
+  <si>
+    <t>2 446 083,12</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ РАЗВИТИЯ ЭКОНОМИКИ И ПРЕДПРИНИМАТЕЛЬСТВА ЛУЖСКОГО РАЙОНА «СОЦИАЛЬНО-ДЕЛОВОЙ ЦЕНТР»</t>
+  </si>
+  <si>
+    <t>Ленинградская область, г. Луга, пр. Кирова, д.56</t>
+  </si>
+  <si>
+    <t>1024701560410</t>
+  </si>
+  <si>
+    <t>4710008996</t>
+  </si>
+  <si>
+    <t>1 567 263,18</t>
+  </si>
+  <si>
+    <t>Автономная некоммерческая  организация  «Спортивный клуб «Проспорт»</t>
+  </si>
+  <si>
+    <t>187700, Ленинградская  область, г.Лодейное  Поле, ул. Талалихина, д.17, помещ.9-14,40-44</t>
+  </si>
+  <si>
+    <t>Услуги в сфере физической культуры и спорта, направленных на развитие и популяризацию физической культуры и спорта, а также формирование здорового образа жизни у детей, подростков и взрослого населения.</t>
+  </si>
+  <si>
+    <t>Постановление Администрации Лодейнопольского муниципального района   № 823 от 09.07.2025</t>
+  </si>
+  <si>
+    <t>Местная общественная организация ветеранов муниципального образования «Лодейнопольский район Ленинградской области»</t>
+  </si>
+  <si>
+    <t>187700, Ленинградская область, Лодейнопольский район, город Лодейное Поле, улица Титова, дом 54 (187700, ленинградская область, Лодейнопольский район, город Лодейное Поле, улица Гагарина, дом 1, корпус 13)</t>
+  </si>
+  <si>
+    <t>301 926,00</t>
+  </si>
+  <si>
+    <t>Тихвинская городская организация Ленинградской областной организации Всероссийского общества инвалидов (ЛОО ВОИ)</t>
+  </si>
+  <si>
+    <t>Ленинградская область, г. Тихвин, 4 мкр дом 10</t>
+  </si>
+  <si>
+    <t>1034700005999</t>
+  </si>
+  <si>
+    <t>4715005406</t>
+  </si>
+  <si>
+    <t>Защита прав и интересов инвалидов, интеграция инвалидов в общество, достижение инвалидами равных с другими гражданами возможностнй участия во всех сферах жизни общества</t>
+  </si>
+  <si>
+    <t>МП Тихвинского района «Устойчивое общественное развитие в Тихвинском районе» (от 31.10.2024 №01-2606а)</t>
+  </si>
+  <si>
+    <t>122 500,00</t>
+  </si>
+  <si>
+    <t>«ПОСТАНОВЛЕНИЕ_x000D_
+от 23 июля 2021 г. № 471_x000D_
+Об утверждении порядкка определения объема и предоставления субсидий из областного бюджета Ленинградской области некоммерческим организациям, не являющимся государтсвенными (муниципальными) учреждениями, на возмещение части затрат на содержание на территории Ленинградской области приютов для животных без владельцев в рамках государственной программы Ленинградской области ««Развитие сельского хозяйства Ленинградской области««»</t>
+  </si>
+  <si>
+    <t>«ПОСТАНОВЛЕНИЕ_x000D_
+от 23 июля 2021 г. № 471_x000D_
+Об утверждении порядка определения объема и предоставления субсидий из областного бюджета Ленинградской области некоммерческим организациям, не являющимся государтсвенными (муниципальными) учреждениями, на возмещение части затрат на содержание на территории Ленинградской области приютов для животных без владельцев в рамках государственной программы Ленинградской области ««Развитие сельского хозяйства Ленинградской области««»</t>
+  </si>
+  <si>
+    <t>94.99 Деятельность прочих общественных организаций и некоммерческих организаций, кроме религиозных и политических организаций</t>
+  </si>
+  <si>
+    <t>96.09 Предоставление прочих персональных услуг, не включенных в другие группировки</t>
+  </si>
+  <si>
+    <t>«ПОСТАНОВЛЕНИЕ_x000D_
+от 23 июля 2021 г. № 471_x000D_
+Об утверждении порядка определения объема и предоставления субсидий из областного бюджета Ленинградской области некоммерческим организациям, не являющимся государственными (муниципальными) учреждениями, на возмещение части затрат на содержание на территории Ленинградской области приютов для животных без владельцев в рамках государственной программы Ленинградской области ««Развитие сельского хозяйства Ленинградской области««»</t>
+  </si>
+  <si>
+    <t>05.08.2025 00:00</t>
+  </si>
+  <si>
+    <t>Подпорожский фонд развития экономики и предпринимательства «Центр Делового Сотрудничества»</t>
+  </si>
+  <si>
+    <t>187780,ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, Р-Н ПОДПОРОЖСКИЙ, Г. ПОДПОРОЖЬЕ, УЛ. КОМСОМОЛЬСКАЯ, Д.6</t>
+  </si>
+  <si>
+    <t>70.22 Консультирование по вопросам коммерческой деятельности и управления</t>
+  </si>
+  <si>
+    <t>Соглашение о предоставлении из Бюджета Муниципального образования «Подпорожский муниципальный район Ленинградской области» субсидии, в том числе грантов в форме субсидий, юридическим лицам, индивидуальным предпринимателям, а также физическим лицам</t>
+  </si>
+  <si>
+    <t>Администрация МО«Подпорожский муниципальный район»</t>
+  </si>
+  <si>
+    <t>187780,ЛЕНИНГРАДСКАЯ ОБЛАСТЬ,Р-Н ПОДПОРОЖСКИЙ,Г. ПОДПОРОЖЬЕ,УЛ. КОМСОМОЛЬСКАЯ,Д.6</t>
+  </si>
+  <si>
+    <t>460 000,00</t>
+  </si>
+  <si>
+    <t>15.04.2025 00:00</t>
+  </si>
+  <si>
+    <t>Местная общественная организация  муниципального образования «Подпорожский муниципальный район Ленинградской области» Совета ветеранов войны и труда</t>
+  </si>
+  <si>
+    <t>187780,ЛЕНИНГРАДСКАЯ ОБЛАСТЬ,Р-Н ПОДПОРОЖСКИЙ,Г. ПОДПОРОЖЬЕ,УЛ. КОМСОМОЛЬСКАЯ, Д. 3,ПОМЕЩ. 61(1Н)</t>
+  </si>
+  <si>
+    <t>Соглашение о предоставлении из бюджета Подпорожского муниципального района субсидии на финансовое обеспечение затрат, социально ориентированным некоммерческим организациям (за исключением государственных (муниципальных) учреждений), осуществляющим на территории Подпорожского муниципального района социальную поддержку и защиту ветеранов войны, труда, Вооруженных сил, правоохранительных органов, жителей блокадного Ленинграда и бывших малолетних узников фашистских лагерей</t>
+  </si>
+  <si>
+    <t>187780,ЛЕНИНГРАДСКАЯ ОБЛАСТЬ,Р-Н ПОДПОРОЖСКИЙ,Г. ПОДПОРОЖЬЕ,УЛ. КОМСОМОЛЬСКАЯ,Д. 3,ПОМЕЩ. 61(1Н)</t>
+  </si>
+  <si>
+    <t>94.99 Деятельность прочих общественных организаций и некоммерческих организаций, кроме религиозных и_x000D_
+политических организаций»</t>
+  </si>
+  <si>
+    <t>324 064,00</t>
+  </si>
+  <si>
+    <t>187760, Ленинградская область, с.Винницы, ул.Советская, д.68</t>
+  </si>
+  <si>
+    <t>Соглашение о предоставлении из бюджета Подпорожского муниципального района субсидии на финансовое обеспечение затрат, связанных с реализацией проекта</t>
+  </si>
+  <si>
+    <t>204 640,00</t>
+  </si>
+  <si>
+    <t>187780, Ленинградская область, город Подпорожье, пр-кт Ленина, д.26</t>
+  </si>
+  <si>
+    <t>87.90 Деятельность по уходу с обеспечением проживания прочая</t>
+  </si>
+  <si>
+    <t>199 383,00</t>
+  </si>
+  <si>
+    <t>Хуторское казачье общество «47-я сотня»</t>
+  </si>
+  <si>
+    <t>188741, Ленинградская область, гп.Никольский, улица Сосновая, дои 5А, кв.40</t>
+  </si>
+  <si>
+    <t>229 810,00</t>
+  </si>
+  <si>
+    <t>Автономная некоммерческая организация комплексного развития общественных территорий и реализации мероприятий в области спорта, туризма и культуры «Территория успеха»</t>
+  </si>
+  <si>
+    <t>187780, Ленинградская область, город Подпорожье, ул.Исакова, д.17А</t>
+  </si>
+  <si>
+    <t>93.29 Деятельность по организации отдыха и развлечений</t>
+  </si>
+  <si>
+    <t>17.08.2025 00:00</t>
+  </si>
+  <si>
+    <t>166 167,00</t>
+  </si>
+  <si>
+    <t>19.03.2025 00:00</t>
+  </si>
+  <si>
+    <t>«Общественная организация ветеранов войны, труда муниципального образования «Киришский район» Ленинградской области»</t>
+  </si>
+  <si>
+    <t>Постановление администрации муниципального образования Киришский муниципальный район Ленинградской области от 12.02.2025г. № 184 _x000D_
+_x000D_
+Постановление администрации муниципального образования Киришский муниципальный район Ленинградской области от 12.02.2025г. № 186</t>
+  </si>
+  <si>
+    <t>875 400,00</t>
+  </si>
+  <si>
+    <t>30.09.2025 00:00</t>
+  </si>
+  <si>
+    <t>Киришская районная организация Ленинградской областной организации Всероссийского общества инвалидов</t>
+  </si>
+  <si>
+    <t>Защита прав и интересов людей с ограниченными возможностями</t>
+  </si>
+  <si>
+    <t>Соглашение от 25.09.2025  № 40-2025-006499  О предоставлении из бюджета муниципального образования Киришский муниципальный район Ленинградской области субсидии Частному образовательному учреждению дополнительного профессионального образования «КРЕЧЕТ»._x000D_
+Соглашение от 26.09.2025  № 40-2025-006362  О предоставлении из бюджета МО Киришский муниципальный район Ленинградской области субсидии Общественной организации ветеранов боевых действий Киришского района Ленинградской области «Военмет».</t>
+  </si>
+  <si>
+    <t>25.09.2025 00:00</t>
+  </si>
+  <si>
+    <t>Соглашение от 25.09.2025  № 40-2025-006497  О предоставлении из бюджета муниципального образования Киришский муниципальный район Ленинградской области субсидии Благотворительному фонду по оказанию помощи детям-инвалидам и многодетным семьям «Ангел надежды».</t>
+  </si>
+  <si>
+    <t>158 700,00</t>
+  </si>
+  <si>
+    <t>03.10.2025 00:00</t>
+  </si>
+  <si>
+    <t>Соглашение от 03.10.2025  № 40-2025-006739  О предоставлении из бюджета муниципального образования Киришский муниципальный район Ленинградской области субсидии Автономной некоммерческой организации «Центр поддержки семьи».</t>
+  </si>
+  <si>
+    <t>70 000,00</t>
+  </si>
+  <si>
+    <t>Деятельность прочих общественных организаций и некоммерческих организаций, кроме религиозных и политических организаций (Деятельность многоцелевых центров и подобных заведений с преобладанием культурного обслуживания)</t>
+  </si>
+  <si>
+    <t>Соглашение от 25.09.2025  № 40-2025-006496  О предоставлении из бюджета муниципального образования Киришский муниципальный район Ленинградской области субсидии Автономной некоммерческой организации по поддержке и реализации творческих инициатив в сфере культуры и искусства «АртРесурс».</t>
+  </si>
+  <si>
+    <t>106 100,00</t>
+  </si>
+  <si>
+    <t>24.09.2025 00:00</t>
+  </si>
+  <si>
+    <t>Соглашение от 24.09.2025  № 40-2025-006500  О предоставлении из бюджета муниципального образования Киришский муниципальный район Ленинградской области субсидии Автономной некоммерческой организации по содействию социальным и культурным проектам «Наследие».</t>
+  </si>
+  <si>
+    <t>26.09.2025 00:00</t>
+  </si>
+  <si>
+    <t>Соглашение от 26.09.2025  № 40-2025-006514  О предоставлении из бюджета муниципального образования Киришский муниципальный район Ленинградской области субсидии Ленинградской областной общественной организации «Центр содействия здоровому образу жизни».</t>
+  </si>
+  <si>
+    <t>МО Киришский муниципальный район Ленинградской области</t>
+  </si>
+  <si>
+    <t>69 999,98</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯОРГАНИЗАЦИЯ ЦЕНТР РАЗВИТИЯ, ВОСПИТАНИЯ И ПРОСВЕЩЕНИЯ ДЕТЕЙ И МОЛОДЕЖИ «РАЗВИТИЕ БУДУЩЕГО»</t>
+  </si>
+  <si>
+    <t>187110, Ленинградская область, Киришский район, город Кириши, пр. Героев, д.24, кв.22</t>
+  </si>
+  <si>
+    <t>Предоставление прочих социальных услуг без обеспечения проживания, не включенных в другие .                                                                                                                                                                                                                                                                                                                                       Предоставление услуг в области развития, воспитания и просвещения детей и молодежи</t>
+  </si>
+  <si>
+    <t>Соглашение от 25.09.2025  № 40-2025-006498  О предоставлении из бюджета муниципального образования Киришский муниципальный район Ленинградской области субсидии Автономная некоммерческая организация Центр развития, воспитания и просвещения детей и молодежи «Развитие будущего».</t>
+  </si>
+  <si>
+    <t>17.03.2025 00:00</t>
+  </si>
+  <si>
+    <t>Постановления администрации муниципального образования Киришский муниципальный район Ленинградской области от 15.07.2025 года №1160_x000D_
+Постановление администрации муниципального образования Киришский муниципальный район Ленинградской области 30.07.2024 года №1280</t>
+  </si>
+  <si>
+    <t>9 290 300,00</t>
+  </si>
+  <si>
+    <t>23.05.2025 00:00</t>
+  </si>
+  <si>
+    <t>88.99 Предоставление прочих социальных услуг без обеспечения проживания, не включённых в другие группировки;_x000D_
+ 88.10 Предоставление социальных услуг без обеспечения проживания престарелым и инвалидам;_x000D_
+93.29 Деятельность по организации отдыха и развлечений</t>
+  </si>
+  <si>
+    <t>29.12.2025 00:00</t>
+  </si>
+  <si>
+    <t>«Соглашение №1 от 23.05.2025 о предоставлении субсидии социально ориентированной некоммерческой организации, единственноому участнику конкурсного отбора 2025, проект ««Недоступное-доступно«»;_x000D_
+Соглашение №2 от 23.05.2025 о предоставлении субсидии социально ориентированной некоммерческой организации, единственноому участнику конкурсного отбора 2025, проект ««Творим добро««»</t>
+  </si>
+  <si>
+    <t>Администрация Выборгского муниципального района</t>
+  </si>
+  <si>
+    <t>5 070 000</t>
+  </si>
+  <si>
+    <t>Соглашение №3 от 23.05.2025 о предоставлении субсидии социально ориентированной некоммерческой организации, единственноому участнику конкурсного отбора 2025, проект «Честь и слава сыновьям Родины»; Соглашение № 4 от 23.05.2025 о предоставлении субсидии социально ориентированной некоммерческой организации единственному участнику конкурсного отбора 2025, проект «Не стареют душой ветераны»</t>
+  </si>
+  <si>
+    <t>7 645 539,00</t>
+  </si>
+  <si>
+    <t>11.02.2025 00:00</t>
+  </si>
+  <si>
+    <t>Постановление администрации Бокситогорского муниципального района от 30 июня 2023 года № 694 «О порядке предоставления субсидий социально-ориетированным некоммерческим организациям в целях финансового обеспечения затрат в связи с оказанием общественно полезных услуг»</t>
+  </si>
+  <si>
+    <t>20.01.2025 00:00</t>
+  </si>
+  <si>
+    <t>Индекс 187651, Ленинградская область, Бокситогорский район, г. Бокситогорск, ул. Вишнякова, д.23,оф. 53</t>
+  </si>
+  <si>
+    <t>Постановление администрации Бокситогорского муниципального района от 13 января 2025 года № 31 «Об утверждении Порядка предоставления субсидии из бюджета Бокситогорского муниципального района общественным организациям ветеранов войны и труда Бокситогорского муниципального района на финансовое обеспечение затрат в связи с осуществлением уставной деятельности на 2025 год и плановый период 2026 и 2027 годов</t>
+  </si>
+  <si>
+    <t>1 896 000,00</t>
+  </si>
+  <si>
+    <t>06.02.2025 00:00</t>
+  </si>
+  <si>
+    <t>Общественная организация ветеранов войны, труда муниципального образования Пикалевское городское поселение Бокситогорского муниципального района Ленинградской области</t>
+  </si>
+  <si>
+    <t>Постановление администрации Пикалевского городского поселения от 11.12.2024 №759  «Об утверждении муниципальной программы «Обеспечение устойчивого общественного развития в Пикалевском городском поселении»</t>
+  </si>
+  <si>
+    <t>Администрация Пикалевского городского поселения</t>
+  </si>
+  <si>
+    <t>276,6 тыс руб.</t>
+  </si>
+  <si>
+    <t>07.02.2025 00:00</t>
+  </si>
+  <si>
+    <t>Бокситогорская районная организация Ленинградской областной организации Общероссийской общественной организации «Всероссийское общество инвалидов»</t>
+  </si>
+  <si>
+    <t>Индекс 187600, Ленинградская область, Бокситогорский район, г. Пикалево, 6 м-он, д. 15, кв.55</t>
+  </si>
+  <si>
+    <t>Постановление администрации Бокситогорского муниципального района от 4 февраля 2025 года № 141 «Об утверждении Порядка предоставления субсидии из бюджета Бокситогорского муниципального района Бокситогорской районной организации Ленинградской областной организации Общероссийской общественной организации «Всероссийское общество инвалидов» на финансовое обеспечение затрат в связи с осуществлением уставной деятельности на 2025 год и плановый период 2026 и 2027 годов</t>
+  </si>
+  <si>
+    <t>484,8 тыс руб.</t>
+  </si>
+  <si>
+    <t>28.01.2025 00:00</t>
+  </si>
+  <si>
+    <t>Общественная организация ветеранов муниципального образования «Волосовский муниципальный район» Ленинградской области</t>
+  </si>
+  <si>
+    <t>188410, Лен. обл., г. Волосово, ул. ул. Красных командиров, д. 5</t>
+  </si>
+  <si>
+    <t>1054700003820</t>
+  </si>
+  <si>
+    <t>4717008593</t>
+  </si>
+  <si>
+    <t>94.99 Деятельность прочих общественных организаций, не включенных в другие группировки</t>
+  </si>
+  <si>
+    <t>Соглашение №2 от 28.01.2025</t>
+  </si>
+  <si>
+    <t>Администрация муниципального образования Волосовский муниципальный район Ленинградской области</t>
+  </si>
+  <si>
+    <t>280 000,00 руб.</t>
+  </si>
+  <si>
+    <t>Волосовская районная организация Ленинградской областной организации Общероссийской общественной организации «Всероссийское общество инвалидов»</t>
+  </si>
+  <si>
+    <t>188410, Лен. обл., г. Волосово, ул. Красных командиров, д. 5</t>
+  </si>
+  <si>
+    <t>1034700001423</t>
+  </si>
+  <si>
+    <t>4717003130</t>
+  </si>
+  <si>
+    <t>Соглашение №3 от 28.01.2025</t>
+  </si>
+  <si>
+    <t>165 00,00 руб.</t>
+  </si>
+  <si>
+    <t>05.05.2025 00:00</t>
+  </si>
+  <si>
+    <t>Автономная некоммерческая организация «Центр развития местных инициатив «Клевер» (АНО ЦРМИ «КЛЕВЕР»)</t>
+  </si>
+  <si>
+    <t>188423, Ленинградская область, Волосовский район, д. Теглицы, дом 72</t>
+  </si>
+  <si>
+    <t>Соглашение №5  от 05.05.2025</t>
+  </si>
+  <si>
+    <t>Общественная организация ветеранов войны, труда (пенсионеров), Вооруженных сил и правоохранительных органов Кингисеппского района</t>
+  </si>
+  <si>
+    <t>188480, Ленинградская область, Кингисеппский р-н, г.Кингисепп, ул.Большая Советская, д.7 Б</t>
+  </si>
+  <si>
+    <t>1034700009123</t>
+  </si>
+  <si>
+    <t>4707014654</t>
+  </si>
+  <si>
+    <t>Социальное обслуживание, социальная поддержка и защита граждан; Деятельность в сфере патриотического, в том числе военно-патриотического, воспитания граждан Российской Федерации</t>
+  </si>
+  <si>
+    <t>Постановление администрации МО «Кингисеппский муниципальный район» от 17.01.2025 «№ 64 «О предоставлении субсидии из бюджета МО «Кингисеппский муниципальный район» Общественной организации ветеранов войны, труда (пенсионеров), Вооруженных Сил и правоохранительных органов Кингисеппского района на финансовое обеспечение затрат в 2025 году» с изменениями</t>
+  </si>
+  <si>
+    <t>МО «Кингисеппский муниципальный район»_x000D_
+Из областного  бюджета Ленинградской области в буджет МО «Кингисеппский муниципальный район» (иной межбюджетный трансферт)</t>
+  </si>
+  <si>
+    <t>3 265 974,00</t>
+  </si>
+  <si>
+    <t>Общественная организация ветеранов войны, труда, Вооруженных Сил и правоохранительных органов г.Ивангорода</t>
+  </si>
+  <si>
+    <t>188454, Ленинградская область, Кингисеппский р-н, г.Ивангород, ул.Гагарина, д.4, комн.6.</t>
+  </si>
+  <si>
+    <t>Социальное обслуживание, социальная поддержка и защита граждан. Деятельность в сфере патриотического, в том числе военно-патриотического, воспитания граждан Российской Федерации.</t>
+  </si>
+  <si>
+    <t>Постановление администрации МО ««Кингисеппский муниципальный район«» от 21.03.2025 года № 1025</t>
+  </si>
+  <si>
+    <t>Из областного  бюджета Ленинградской области в бюджет МО «Кингисеппский муниципальный район» (иной межбюджетный трансферт)</t>
+  </si>
+  <si>
+    <t>204 519,00</t>
+  </si>
+  <si>
+    <t>Автономная некоммерческая организация Военно-патриотический центр «47РУБЕЖ»</t>
+  </si>
+  <si>
+    <t>188480, Ленинградская область, Кингисеппский р-н,  г.Кингисепп,ул. Большой бульвар, д. 10, кв.32.</t>
+  </si>
+  <si>
+    <t>1184700000605</t>
+  </si>
+  <si>
+    <t>4707040710</t>
+  </si>
+  <si>
+    <t>Деятельность в области образования, просвещения, науки, культуры, искусства, здравоохранения, профилактики и охраны здоровья граждан, пропаганды здорового образа жизни, улучшения морально-психологического состояния граждан, физической культуры и спорта и содействие указанной деятельности, а также содействие духовному развитию личности.  Деятельность в сфере патриотического, в том числе военно-патриотического, воспитания граждан Российской Федерации</t>
+  </si>
+  <si>
+    <t>Постановление администрации МО «Кингисеппский муниципальный район» от 16.05.2025 года № 1700 «О предоставлении субсидии из бюджета МО «Кингисеппское городское поселение» социально ориентированным некоммерческим организациям на финансовое обеспечение затрат в 2025 году»</t>
+  </si>
+  <si>
+    <t>МО «Кингисеппское городское поселение»</t>
+  </si>
+  <si>
+    <t>Общественная организация Ленинградской области родителей детей-инвалидов, инвалидов с детства «Данко»</t>
+  </si>
+  <si>
+    <t>188480, Ленинградская область, Кингисеппский р-н,  г. Кингисепп, пр. Карла Маркса, д. 24.</t>
+  </si>
+  <si>
+    <t>1034700006054</t>
+  </si>
+  <si>
+    <t>4707017461</t>
+  </si>
+  <si>
+    <t>Деятельность в области образования, просвещения, науки, культуры, искусства, здравоохранения, профилактики и охраны здоровья граждан, пропаганды здорового образа жизни, улучшения морально-психологического состояния граждан, физической культуры и спорта и содействие указанной деятельности, а также содействие духовному развитию личности</t>
+  </si>
+  <si>
+    <t>Кингисеппская районная общественная организация ветеранов и инвалидов войны в Афганистане и других локальных войн</t>
+  </si>
+  <si>
+    <t>188480, Ленинградская область, Кингисеппский р-н, г. Кингисепп, Ул.Воровского, д. 38,</t>
+  </si>
+  <si>
+    <t>Кингисеппская районная организация Ленинградской областной организации общероссийской общественной организации «Всероссийское общество инвалидов»</t>
+  </si>
+  <si>
+    <t>188480, Ленинградская область, Кингисеппский р-н, ,Кингисепп, Ул.Театральная, д. 9,</t>
+  </si>
+  <si>
+    <t>1024700002095</t>
+  </si>
+  <si>
+    <t>4707008587</t>
+  </si>
+  <si>
+    <t>Социальное обслуживание, социальная поддержка и защита граждан</t>
+  </si>
+  <si>
+    <t>Автономная некоммерческая организация Патриотический Центр поддержки и развития общественно-полезных инициатив «Надежный Тыл»</t>
+  </si>
+  <si>
+    <t>188480, г. Кингисепп Ленинградской области, ул. Воросвкого д.11 кв.26</t>
+  </si>
+  <si>
+    <t>1244700014833</t>
+  </si>
+  <si>
+    <t>4707056213</t>
+  </si>
+  <si>
+    <t>188480, г. Кингисепп Ленинградской области, ул. Крикковское шоссе,  д. 14 ,кв. 20</t>
+  </si>
+  <si>
+    <t>Автономная некоммерческая организация «Центр социальной интеграции, реабилитации и адаптации лиц с ограниченными возможностями здоровья «Шаг к сердцу»</t>
+  </si>
+  <si>
+    <t>188480, г. Кингисепп Ленинградской области, ул. Крикковское шоссе д.41 кв. 14</t>
+  </si>
+  <si>
+    <t>1244700031180</t>
+  </si>
+  <si>
+    <t>4707058179</t>
+  </si>
+  <si>
+    <t>13.01.2025 00:00</t>
+  </si>
+  <si>
+    <t>ФОНД СОДЕЙСТВИЯ БЛАГОУСТРОЙСТВУ, СОЦИАЛЬНОМУ РАЗВИТИЮ И СОЦИАЛЬНОЙ ПОДДЕРЖКИ ГРАЖДАН «ВТОРРЕСУРС»</t>
+  </si>
+  <si>
+    <t>188506, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, М.Р-Н. ЛОМОНОСОВСКИЙ, Г.П. ВИЛЛОЗСКОЕ, Д. МАЛОЕ КАРЛИНО, Д. 26, ПОМЕЩ. 4-Н, ОФИС 5/19</t>
+  </si>
+  <si>
+    <t>1224700004715</t>
+  </si>
+  <si>
+    <t>4707045934</t>
+  </si>
+  <si>
+    <t>приоритет духовного над материальным, высокие нравственные идеалы, коллективизм</t>
+  </si>
+  <si>
+    <t>Третий конкурсный отбор по предоставлению в 2025 году грантов Губернатора Ленинградской области в форме субсидий социально ориентированным некоммерческим организациям на реализацию проектов</t>
+  </si>
+  <si>
+    <t>2 975 950,00</t>
+  </si>
+  <si>
+    <t>18.11.2025 00:00</t>
+  </si>
+  <si>
+    <t>Общественная организация Ветеранов(пенсионеров) войны, труда, Вооруженных сил и правоохранительных органов Приозерского муниципального района</t>
+  </si>
+  <si>
+    <t>188760, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, Р-Н ПРИОЗЕРСКИЙ, Г. ПРИОЗЕРСК, УЛ. КАЛИНИНА, Д.9/6</t>
+  </si>
+  <si>
+    <t>1084700001055</t>
+  </si>
+  <si>
+    <t>4712127300</t>
+  </si>
+  <si>
+    <t>Деятельность прочих общественных организаций и некоммерческих организаций</t>
+  </si>
+  <si>
+    <t>субсидия на поддержку социально-ориентированных общественных организаций за счет средств местного бюджета</t>
+  </si>
+  <si>
+    <t>администрация Приозерского муниципального района Ленинградской области</t>
+  </si>
+  <si>
+    <t>44 051,75</t>
+  </si>
+  <si>
+    <t>Автономная некоммерческая организация центр социального проектирования и развития малых территорий «Социальный компас»</t>
+  </si>
+  <si>
+    <t>ПРИОЗЕРСКАЯ РАЙОННАЯ ОРГАНИЗАЦИЯ ЛЕНИНГРАДСКОЙ ОБЛАСТНОЙ ОРГАНИЗАЦИИ ОБЩЕРОССИЙСКОЙ ОБЩЕСТВЕННОЙ ОРГАНИЗАЦИИ «ВСЕРОССИЙСКОЕ ОБЩЕСТВО ИНВАЛИДОВ»</t>
+  </si>
+  <si>
+    <t>188760, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, Р-Н ПРИОЗЕРСКИЙ, Г. ПРИОЗЕРСК, УЛ. ЛЕНИНА, Д.38А</t>
+  </si>
+  <si>
+    <t>1124700001183</t>
+  </si>
+  <si>
+    <t>4712470042</t>
+  </si>
+  <si>
+    <t>ПРИОЗЕРСКАЯ ТЕРРИТОРИАЛЬНАЯ (РАЙОННАЯ) ОРГАНИЗАЦИЯ ЛЕНИНГРАДСКОЙ ТЕРРИТОРИАЛЬНОЙ (ОБЛАСТНОЙ) ОРГАНИЗАЦИИ ПРОФСОЮЗА РАБОТНИКОВ АГРОПРОМЫШЛЕННОГО КОМПЛЕКСА РФ</t>
+  </si>
+  <si>
+    <t>188760, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, Р-Н ПРИОЗЕРСКИЙ, Г ПРИОЗЕРСК, УЛ ИСПОЛКОМОВСКАЯ, Д.10</t>
+  </si>
+  <si>
+    <t>1034700001600</t>
+  </si>
+  <si>
+    <t>4712011546</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР СОЦИАЛЬНОЙ ИНТЕГРАЦИИ, РЕАБИЛИТАЦИИ И АДАПТАЦИИ ЛИЦ С ОГРАНИЧЕННЫМИ ВОЗМОЖНОСТЯМИ ЗДОРОВЬЯ «ЛИНИЯ ПОДДЕРЖКИ»</t>
+  </si>
+  <si>
+    <t>188750, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, М.Р-Н. ПРИОЗЕРСКИЙ, С.П. ПЛОДОВСКОЕ, П. ПЛОДОВОЕ, УЛ. ШКОЛЬНАЯ, ЗД. 10</t>
+  </si>
+  <si>
+    <t>1254700017032</t>
+  </si>
+  <si>
+    <t>4704119507</t>
+  </si>
+  <si>
+    <t>18.04.2025 00:00</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ «ФОНД РАЗВИТИЯ И ПОДДЕРЖКИ МАЛОГО,СРЕДНЕГО БИЗНЕСА ПРИОЗЕРСКОГО МУНИЦИПАЛЬНОГО РАЙОНА</t>
+  </si>
+  <si>
+    <t>188760, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, Р-Н ПРИОЗЕРСКИЙ, Г. ПРИОЗЕРСК, УЛ. ЛЕНИНА Д.36</t>
+  </si>
+  <si>
+    <t>70.22</t>
+  </si>
+  <si>
+    <t>25.12.2025 00:00</t>
+  </si>
+  <si>
+    <t>Соглашение 1 от 18.04.2025, соглашение 2 от 07.08.2025</t>
+  </si>
+  <si>
+    <t>347 000,00</t>
+  </si>
+  <si>
+    <t>188640, г. Всеволожск, Колтушское шоссе, д.105</t>
+  </si>
+  <si>
+    <t>188640, г. Всеволожск,     ул.Сергиевская, дом 122</t>
+  </si>
+  <si>
+    <t>188640, г. Всеволожск, ул.Сергиевская, дом 122</t>
+  </si>
+  <si>
+    <t>188650, Сертолово, Молодцова, д.7 , кор.2</t>
+  </si>
+  <si>
+    <t>188640, г.Всевололжск, ул. Всеволожский пр.д.72</t>
+  </si>
+  <si>
+    <t>188668, Всеволожский р-н, дер. Лесколово, ул. Красноборская, д. 1А</t>
+  </si>
+  <si>
+    <t>188645, г. Всеволожск, пр-кт Толстого, д. 162</t>
+  </si>
+  <si>
+    <t>188640, г. Всеволожск, Всеволожский пр-т, дом 12, оф.47</t>
+  </si>
+  <si>
+    <t>188643, г. Всеволожск, ул.Героев, д.3, кор.3, пом.5</t>
+  </si>
+  <si>
+    <t>188640, г. Всеволожск, ул. Межевая, д. 18</t>
+  </si>
+  <si>
+    <t>Автономная некоммерческая организация «Центр социального и спортивного развития «Амалиэль»</t>
+  </si>
+  <si>
+    <t>188691, г. Кудрово, пр-т Строителей, дом 2, кв.805</t>
+  </si>
+  <si>
+    <t>Автономная некоммерческая организация «Духовно-просветительский центр имени святителя Николая»</t>
+  </si>
+  <si>
+    <t>188643, г. Всеволожск,  ул.Шишканя, д.11Б</t>
+  </si>
+  <si>
+    <t>1987642, Бокситогорский р-н., пос. Ларьян, ул. Восточная, д. 19</t>
+  </si>
+  <si>
+    <t>188650, г. Сертолово, ул.Молодцова, д. 7/2</t>
+  </si>
+  <si>
+    <t>188640, г. Всеволожск, ул. Плоткина, дом 42</t>
+  </si>
+  <si>
+    <t>188640, г. Всеволожск, пр. Алекссеевский, дом 8</t>
+  </si>
+  <si>
+    <t>188645, г. Всеволожск, ул. Достоевского, д.11</t>
+  </si>
+  <si>
+    <t>188645, г. Всеволожск, ул. Знаменская, д. 9</t>
+  </si>
+  <si>
+    <t>188640, г. Всеволожск,  пр.-т Алексеевский, д.62, пом.№03</t>
+  </si>
+  <si>
+    <t>188660, Бугровское с.п., г. Бугры, ул.Полевая, д.18, кв.207</t>
+  </si>
+  <si>
+    <t>188641, г. Всеволожск, ул.Обороны,18А</t>
+  </si>
+  <si>
+    <t>188640,г. Всеволожск,     ул.Сергиевская, дом 122</t>
+  </si>
+  <si>
+    <t>188640, г. Всевололжск, ул. Всеволожский пр .д.72, офис 60</t>
+  </si>
+  <si>
+    <t>188640, г.Всевололжск, ул. Всеволожский пр.д.72, офис 60</t>
+  </si>
+  <si>
+    <t>188645, г. Всеволожск, пр-кт Добровольского, д. 20, корп. 2, кв. 28</t>
+  </si>
+  <si>
+    <t>188680,  Всеволожский р-н, дер Кальтино, ш. Колтушское, д. 19, корп. 2, кв. 34</t>
+  </si>
+  <si>
+    <t>30.08.2025 00:00</t>
+  </si>
+  <si>
+    <t>188640, г. Всевололжск, ул. Всеволожский пр.д.72</t>
+  </si>
+  <si>
+    <t>Автономная некоммерческая организация по развитию проектов в сфере  туризма, спорта, просвещения, культуры, отдыха и гражданских инициатив «Идеи и смыслы»</t>
+  </si>
+  <si>
+    <t>188640, Всеволожский р-н, г. Всеволожск, пр-кт Всеволожский, д. 72, офис 60</t>
+  </si>
+  <si>
+    <t>94.99; 82.30</t>
+  </si>
+  <si>
+    <t>Постановление      №  3117 от 27.08.2025</t>
+  </si>
+  <si>
+    <t>Автономная некоммерческая организация поддержки семей, детей и молодежи «Семейно-молодежное сообщество» Ленинградской области</t>
+  </si>
+  <si>
+    <t>188640, Всеволожский р-н, г. Всеволожск, ул. Межевая, д. 27, помещ. 11/1</t>
+  </si>
+  <si>
+    <t>88.99; 68.20;77.33; 88.91; 93.29</t>
+  </si>
+  <si>
+    <t>Некоммерческая общественная организация «Всеволожская городская общественная организация ветеранов (пенсионеров) войны, труда, вооруженных сил и правоохранительных органов»</t>
+  </si>
+  <si>
+    <t>Автономная некоммерческая организация дополнительного профессионального образования «Центр коммуникативных программ и инновационных проектов Собольковой Натальи»</t>
+  </si>
+  <si>
+    <t>188641, Всеволожский р-н, г. Всеволожск, ул. Обороны, д. 18А</t>
+  </si>
+  <si>
+    <t>85.42; 58.11; 58.14; 82.30;85.30</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
@@ -8089,51 +9818,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:O488"/>
+  <dimension ref="A1:O658"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="25.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="232.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="46.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="209.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="45.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="44.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="33.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="36.5703125" bestFit="1" customWidth="1"/>
     <col min="11" max="12" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="20.85546875" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="181.28515625" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -24024,6726 +25753,14714 @@
       </c>
       <c r="I339" s="2" t="s">
         <v>1530</v>
       </c>
       <c r="J339" s="2" t="s">
         <v>912</v>
       </c>
       <c r="K339" s="2" t="s">
         <v>1717</v>
       </c>
       <c r="L339" s="2" t="s">
         <v>1540</v>
       </c>
       <c r="M339" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N339" s="2" t="s">
         <v>1718</v>
       </c>
       <c r="O339" s="2" t="s">
         <v>930</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340" s="2">
-        <v>520</v>
+        <v>494</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>1719</v>
       </c>
       <c r="C340" s="2" t="s">
         <v>1720</v>
       </c>
       <c r="D340" s="2" t="s">
-        <v>73</v>
+        <v>40</v>
       </c>
       <c r="E340" s="2" t="s">
         <v>1721</v>
       </c>
       <c r="F340" s="2" t="s">
         <v>1722</v>
       </c>
       <c r="G340" s="2" t="s">
         <v>1723</v>
       </c>
       <c r="H340" s="2" t="s">
-        <v>1545</v>
+        <v>1047</v>
       </c>
       <c r="I340" s="2" t="s">
-        <v>1719</v>
+        <v>1724</v>
       </c>
       <c r="J340" s="2" t="s">
-        <v>626</v>
+        <v>1725</v>
       </c>
       <c r="K340" s="2" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
       <c r="L340" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M340" s="2"/>
+        <v>23</v>
+      </c>
+      <c r="M340" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="N340" s="2" t="s">
-        <v>1726</v>
-[...1 lines deleted...]
-      <c r="O340" s="2"/>
+        <v>1727</v>
+      </c>
+      <c r="O340" s="2" t="s">
+        <v>930</v>
+      </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341" s="2">
-        <v>521</v>
+        <v>495</v>
       </c>
       <c r="B341" s="2" t="s">
-        <v>283</v>
+        <v>1719</v>
       </c>
       <c r="C341" s="2" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="D341" s="2" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="E341" s="2" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="G341" s="2" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="H341" s="2" t="s">
-        <v>1545</v>
+        <v>1732</v>
       </c>
       <c r="I341" s="2" t="s">
-        <v>283</v>
+        <v>1733</v>
       </c>
       <c r="J341" s="2" t="s">
-        <v>626</v>
+        <v>912</v>
       </c>
       <c r="K341" s="2" t="s">
-        <v>1731</v>
+        <v>1726</v>
       </c>
       <c r="L341" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M341" s="2"/>
+        <v>23</v>
+      </c>
+      <c r="M341" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="N341" s="2" t="s">
-        <v>1732</v>
-[...1 lines deleted...]
-      <c r="O341" s="2"/>
+        <v>1734</v>
+      </c>
+      <c r="O341" s="2" t="s">
+        <v>930</v>
+      </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342" s="2">
-        <v>522</v>
+        <v>496</v>
       </c>
       <c r="B342" s="2" t="s">
-        <v>1733</v>
+        <v>1719</v>
       </c>
       <c r="C342" s="2" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
       <c r="D342" s="2" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="E342" s="2" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="G342" s="2" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="H342" s="2" t="s">
-        <v>1545</v>
+        <v>1732</v>
       </c>
       <c r="I342" s="2" t="s">
-        <v>1733</v>
+        <v>1739</v>
       </c>
       <c r="J342" s="2" t="s">
-        <v>626</v>
+        <v>1740</v>
       </c>
       <c r="K342" s="2" t="s">
-        <v>1738</v>
+        <v>1726</v>
       </c>
       <c r="L342" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M342" s="2"/>
+        <v>23</v>
+      </c>
+      <c r="M342" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="N342" s="2" t="s">
-        <v>1739</v>
-[...1 lines deleted...]
-      <c r="O342" s="2"/>
+        <v>1741</v>
+      </c>
+      <c r="O342" s="2" t="s">
+        <v>930</v>
+      </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343" s="2">
-        <v>523</v>
+        <v>497</v>
       </c>
       <c r="B343" s="2" t="s">
-        <v>1733</v>
+        <v>1719</v>
       </c>
       <c r="C343" s="2" t="s">
-        <v>1740</v>
+        <v>135</v>
       </c>
       <c r="D343" s="2" t="s">
-        <v>73</v>
+        <v>136</v>
       </c>
       <c r="E343" s="2" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>630</v>
+        <v>138</v>
       </c>
       <c r="G343" s="2" t="s">
-        <v>631</v>
+        <v>139</v>
       </c>
       <c r="H343" s="2" t="s">
-        <v>1584</v>
+        <v>1732</v>
       </c>
       <c r="I343" s="2" t="s">
         <v>1733</v>
       </c>
       <c r="J343" s="2" t="s">
-        <v>626</v>
+        <v>1743</v>
       </c>
       <c r="K343" s="2" t="s">
-        <v>1742</v>
+        <v>1726</v>
       </c>
       <c r="L343" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M343" s="2"/>
+        <v>23</v>
+      </c>
+      <c r="M343" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="N343" s="2" t="s">
-        <v>1743</v>
-[...1 lines deleted...]
-      <c r="O343" s="2"/>
+        <v>1744</v>
+      </c>
+      <c r="O343" s="2" t="s">
+        <v>930</v>
+      </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344" s="2">
-        <v>524</v>
+        <v>498</v>
       </c>
       <c r="B344" s="2" t="s">
-        <v>283</v>
+        <v>1719</v>
       </c>
       <c r="C344" s="2" t="s">
-        <v>1744</v>
+        <v>228</v>
       </c>
       <c r="D344" s="2" t="s">
         <v>73</v>
       </c>
       <c r="E344" s="2" t="s">
         <v>1745</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>113</v>
+        <v>230</v>
       </c>
       <c r="G344" s="2" t="s">
-        <v>114</v>
+        <v>231</v>
       </c>
       <c r="H344" s="2" t="s">
-        <v>1584</v>
+        <v>1732</v>
       </c>
       <c r="I344" s="2" t="s">
-        <v>283</v>
+        <v>1733</v>
       </c>
       <c r="J344" s="2" t="s">
-        <v>626</v>
+        <v>1746</v>
       </c>
       <c r="K344" s="2" t="s">
-        <v>1731</v>
+        <v>1726</v>
       </c>
       <c r="L344" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M344" s="2"/>
+        <v>23</v>
+      </c>
+      <c r="M344" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="N344" s="2" t="s">
-        <v>1746</v>
-[...1 lines deleted...]
-      <c r="O344" s="2"/>
+        <v>1747</v>
+      </c>
+      <c r="O344" s="2" t="s">
+        <v>930</v>
+      </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345" s="2">
-        <v>525</v>
+        <v>499</v>
       </c>
       <c r="B345" s="2" t="s">
-        <v>283</v>
+        <v>1719</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="D345" s="2" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="E345" s="2" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>75</v>
+        <v>1750</v>
       </c>
       <c r="G345" s="2" t="s">
-        <v>76</v>
+        <v>1751</v>
       </c>
       <c r="H345" s="2" t="s">
-        <v>1749</v>
+        <v>1732</v>
       </c>
       <c r="I345" s="2" t="s">
-        <v>283</v>
+        <v>1752</v>
       </c>
       <c r="J345" s="2" t="s">
-        <v>626</v>
+        <v>1753</v>
       </c>
       <c r="K345" s="2" t="s">
-        <v>1731</v>
+        <v>1726</v>
       </c>
       <c r="L345" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M345" s="2"/>
+        <v>23</v>
+      </c>
+      <c r="M345" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="N345" s="2" t="s">
-        <v>1750</v>
-[...1 lines deleted...]
-      <c r="O345" s="2"/>
+        <v>1754</v>
+      </c>
+      <c r="O345" s="2" t="s">
+        <v>930</v>
+      </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346" s="2">
-        <v>526</v>
+        <v>500</v>
       </c>
       <c r="B346" s="2" t="s">
-        <v>283</v>
+        <v>1719</v>
       </c>
       <c r="C346" s="2" t="s">
-        <v>1751</v>
+        <v>1755</v>
       </c>
       <c r="D346" s="2" t="s">
         <v>73</v>
       </c>
       <c r="E346" s="2" t="s">
-        <v>1752</v>
+        <v>1756</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>261</v>
+        <v>1757</v>
       </c>
       <c r="G346" s="2" t="s">
-        <v>262</v>
+        <v>1758</v>
       </c>
       <c r="H346" s="2" t="s">
-        <v>1545</v>
+        <v>1732</v>
       </c>
       <c r="I346" s="2" t="s">
-        <v>283</v>
+        <v>1759</v>
       </c>
       <c r="J346" s="2" t="s">
-        <v>626</v>
+        <v>1760</v>
       </c>
       <c r="K346" s="2" t="s">
-        <v>1731</v>
+        <v>1726</v>
       </c>
       <c r="L346" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M346" s="2"/>
+        <v>23</v>
+      </c>
+      <c r="M346" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="N346" s="2" t="s">
-        <v>1753</v>
-[...1 lines deleted...]
-      <c r="O346" s="2"/>
+        <v>1761</v>
+      </c>
+      <c r="O346" s="2" t="s">
+        <v>930</v>
+      </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347" s="2">
-        <v>527</v>
+        <v>501</v>
       </c>
       <c r="B347" s="2" t="s">
-        <v>283</v>
+        <v>1719</v>
       </c>
       <c r="C347" s="2" t="s">
-        <v>1754</v>
+        <v>1762</v>
       </c>
       <c r="D347" s="2" t="s">
-        <v>73</v>
+        <v>329</v>
       </c>
       <c r="E347" s="2" t="s">
-        <v>1755</v>
+        <v>1763</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>636</v>
+        <v>1764</v>
       </c>
       <c r="G347" s="2" t="s">
-        <v>637</v>
+        <v>1765</v>
       </c>
       <c r="H347" s="2" t="s">
-        <v>1545</v>
+        <v>1732</v>
       </c>
       <c r="I347" s="2" t="s">
-        <v>283</v>
+        <v>1733</v>
       </c>
       <c r="J347" s="2" t="s">
-        <v>626</v>
+        <v>1766</v>
       </c>
       <c r="K347" s="2" t="s">
-        <v>1756</v>
+        <v>1726</v>
       </c>
       <c r="L347" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M347" s="2"/>
+        <v>23</v>
+      </c>
+      <c r="M347" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="N347" s="2" t="s">
-        <v>1757</v>
-[...1 lines deleted...]
-      <c r="O347" s="2"/>
+        <v>1767</v>
+      </c>
+      <c r="O347" s="2" t="s">
+        <v>930</v>
+      </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348" s="2">
-        <v>528</v>
+        <v>502</v>
       </c>
       <c r="B348" s="2" t="s">
-        <v>283</v>
+        <v>1719</v>
       </c>
       <c r="C348" s="2" t="s">
-        <v>1758</v>
+        <v>144</v>
       </c>
       <c r="D348" s="2" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="E348" s="2" t="s">
-        <v>1759</v>
+        <v>1768</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>236</v>
+        <v>146</v>
       </c>
       <c r="G348" s="2" t="s">
-        <v>237</v>
+        <v>147</v>
       </c>
       <c r="H348" s="2" t="s">
-        <v>1575</v>
+        <v>1732</v>
       </c>
       <c r="I348" s="2" t="s">
-        <v>283</v>
+        <v>1733</v>
       </c>
       <c r="J348" s="2" t="s">
-        <v>626</v>
+        <v>1769</v>
       </c>
       <c r="K348" s="2" t="s">
-        <v>1731</v>
+        <v>1726</v>
       </c>
       <c r="L348" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M348" s="2"/>
+        <v>23</v>
+      </c>
+      <c r="M348" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="N348" s="2" t="s">
-        <v>1760</v>
-[...1 lines deleted...]
-      <c r="O348" s="2"/>
+        <v>1770</v>
+      </c>
+      <c r="O348" s="2" t="s">
+        <v>930</v>
+      </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349" s="2">
-        <v>529</v>
+        <v>503</v>
       </c>
       <c r="B349" s="2" t="s">
-        <v>283</v>
+        <v>1719</v>
       </c>
       <c r="C349" s="2" t="s">
-        <v>1761</v>
+        <v>534</v>
       </c>
       <c r="D349" s="2" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="E349" s="2" t="s">
-        <v>1762</v>
+        <v>1771</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>1763</v>
+        <v>536</v>
       </c>
       <c r="G349" s="2" t="s">
-        <v>1764</v>
+        <v>537</v>
       </c>
       <c r="H349" s="2" t="s">
-        <v>1545</v>
+        <v>1732</v>
       </c>
       <c r="I349" s="2" t="s">
-        <v>283</v>
+        <v>1733</v>
       </c>
       <c r="J349" s="2" t="s">
-        <v>626</v>
+        <v>1772</v>
       </c>
       <c r="K349" s="2" t="s">
-        <v>1731</v>
+        <v>1726</v>
       </c>
       <c r="L349" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M349" s="2"/>
+        <v>23</v>
+      </c>
+      <c r="M349" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="N349" s="2" t="s">
-        <v>1757</v>
-[...1 lines deleted...]
-      <c r="O349" s="2"/>
+        <v>1773</v>
+      </c>
+      <c r="O349" s="2" t="s">
+        <v>930</v>
+      </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350" s="2">
-        <v>530</v>
+        <v>504</v>
       </c>
       <c r="B350" s="2" t="s">
-        <v>283</v>
+        <v>1719</v>
       </c>
       <c r="C350" s="2" t="s">
-        <v>1765</v>
+        <v>1774</v>
       </c>
       <c r="D350" s="2" t="s">
-        <v>73</v>
+        <v>159</v>
       </c>
       <c r="E350" s="2" t="s">
-        <v>1766</v>
+        <v>1775</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>242</v>
+        <v>1776</v>
       </c>
       <c r="G350" s="2" t="s">
-        <v>243</v>
+        <v>1777</v>
       </c>
       <c r="H350" s="2" t="s">
-        <v>1767</v>
+        <v>1778</v>
       </c>
       <c r="I350" s="2" t="s">
-        <v>283</v>
+        <v>1733</v>
       </c>
       <c r="J350" s="2" t="s">
-        <v>626</v>
+        <v>1772</v>
       </c>
       <c r="K350" s="2" t="s">
-        <v>1731</v>
+        <v>1726</v>
       </c>
       <c r="L350" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M350" s="2"/>
+        <v>23</v>
+      </c>
+      <c r="M350" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="N350" s="2" t="s">
-        <v>1757</v>
-[...1 lines deleted...]
-      <c r="O350" s="2"/>
+        <v>1779</v>
+      </c>
+      <c r="O350" s="2" t="s">
+        <v>930</v>
+      </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351" s="2">
-        <v>531</v>
+        <v>505</v>
       </c>
       <c r="B351" s="2" t="s">
-        <v>283</v>
+        <v>1719</v>
       </c>
       <c r="C351" s="2" t="s">
-        <v>1768</v>
+        <v>1780</v>
       </c>
       <c r="D351" s="2" t="s">
-        <v>73</v>
+        <v>136</v>
       </c>
       <c r="E351" s="2" t="s">
-        <v>1769</v>
+        <v>1781</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>617</v>
+        <v>1782</v>
       </c>
       <c r="G351" s="2" t="s">
-        <v>618</v>
+        <v>1783</v>
       </c>
       <c r="H351" s="2" t="s">
-        <v>1770</v>
+        <v>1784</v>
       </c>
       <c r="I351" s="2" t="s">
-        <v>283</v>
+        <v>1733</v>
       </c>
       <c r="J351" s="2" t="s">
-        <v>626</v>
+        <v>1785</v>
       </c>
       <c r="K351" s="2" t="s">
-        <v>1731</v>
+        <v>1726</v>
       </c>
       <c r="L351" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M351" s="2"/>
+        <v>23</v>
+      </c>
+      <c r="M351" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="N351" s="2" t="s">
-        <v>1757</v>
-[...1 lines deleted...]
-      <c r="O351" s="2"/>
+        <v>1786</v>
+      </c>
+      <c r="O351" s="2" t="s">
+        <v>930</v>
+      </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352" s="2">
-        <v>532</v>
+        <v>506</v>
       </c>
       <c r="B352" s="2" t="s">
-        <v>283</v>
+        <v>1719</v>
       </c>
       <c r="C352" s="2" t="s">
-        <v>1771</v>
+        <v>1787</v>
       </c>
       <c r="D352" s="2" t="s">
-        <v>73</v>
+        <v>298</v>
       </c>
       <c r="E352" s="2" t="s">
-        <v>1772</v>
+        <v>1788</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>1773</v>
+        <v>1789</v>
       </c>
       <c r="G352" s="2" t="s">
-        <v>1774</v>
+        <v>1790</v>
       </c>
       <c r="H352" s="2" t="s">
-        <v>1545</v>
+        <v>1732</v>
       </c>
       <c r="I352" s="2" t="s">
-        <v>283</v>
+        <v>1733</v>
       </c>
       <c r="J352" s="2" t="s">
-        <v>626</v>
+        <v>1766</v>
       </c>
       <c r="K352" s="2" t="s">
-        <v>1731</v>
+        <v>1726</v>
       </c>
       <c r="L352" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M352" s="2"/>
+        <v>23</v>
+      </c>
+      <c r="M352" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="N352" s="2" t="s">
-        <v>1757</v>
-[...1 lines deleted...]
-      <c r="O352" s="2"/>
+        <v>1791</v>
+      </c>
+      <c r="O352" s="2" t="s">
+        <v>930</v>
+      </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353" s="2">
-        <v>533</v>
+        <v>507</v>
       </c>
       <c r="B353" s="2" t="s">
-        <v>283</v>
+        <v>1719</v>
       </c>
       <c r="C353" s="2" t="s">
-        <v>1775</v>
+        <v>1792</v>
       </c>
       <c r="D353" s="2" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="E353" s="2" t="s">
-        <v>1776</v>
+        <v>1793</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>1777</v>
+        <v>1794</v>
       </c>
       <c r="G353" s="2" t="s">
-        <v>1778</v>
+        <v>1795</v>
       </c>
       <c r="H353" s="2" t="s">
-        <v>1545</v>
+        <v>1732</v>
       </c>
       <c r="I353" s="2" t="s">
-        <v>283</v>
+        <v>1733</v>
       </c>
       <c r="J353" s="2" t="s">
-        <v>626</v>
+        <v>1505</v>
       </c>
       <c r="K353" s="2" t="s">
-        <v>1731</v>
+        <v>1726</v>
       </c>
       <c r="L353" s="2" t="s">
-        <v>1725</v>
-[...2 lines deleted...]
-      <c r="N353" s="2"/>
+        <v>23</v>
+      </c>
+      <c r="M353" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N353" s="2" t="s">
+        <v>1796</v>
+      </c>
       <c r="O353" s="2" t="s">
-        <v>1757</v>
+        <v>930</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354" s="2">
-        <v>534</v>
+        <v>508</v>
       </c>
       <c r="B354" s="2" t="s">
-        <v>283</v>
+        <v>1719</v>
       </c>
       <c r="C354" s="2" t="s">
-        <v>1779</v>
+        <v>1797</v>
       </c>
       <c r="D354" s="2" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="E354" s="2" t="s">
-        <v>1780</v>
+        <v>1798</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>623</v>
+        <v>1799</v>
       </c>
       <c r="G354" s="2" t="s">
-        <v>624</v>
+        <v>1800</v>
       </c>
       <c r="H354" s="2" t="s">
-        <v>1781</v>
+        <v>1732</v>
       </c>
       <c r="I354" s="2" t="s">
-        <v>283</v>
+        <v>1733</v>
       </c>
       <c r="J354" s="2" t="s">
-        <v>626</v>
+        <v>1769</v>
       </c>
       <c r="K354" s="2" t="s">
-        <v>1731</v>
+        <v>1726</v>
       </c>
       <c r="L354" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M354" s="2"/>
+        <v>23</v>
+      </c>
+      <c r="M354" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="N354" s="2" t="s">
-        <v>1757</v>
-[...1 lines deleted...]
-      <c r="O354" s="2"/>
+        <v>1801</v>
+      </c>
+      <c r="O354" s="2" t="s">
+        <v>930</v>
+      </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355" s="2">
-        <v>535</v>
+        <v>509</v>
       </c>
       <c r="B355" s="2" t="s">
-        <v>283</v>
+        <v>1719</v>
       </c>
       <c r="C355" s="2" t="s">
-        <v>1782</v>
+        <v>1802</v>
       </c>
       <c r="D355" s="2" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="E355" s="2" t="s">
-        <v>1783</v>
+        <v>1803</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>630</v>
+        <v>1804</v>
       </c>
       <c r="G355" s="2" t="s">
-        <v>631</v>
+        <v>1805</v>
       </c>
       <c r="H355" s="2" t="s">
-        <v>1584</v>
+        <v>1732</v>
       </c>
       <c r="I355" s="2" t="s">
-        <v>283</v>
+        <v>1733</v>
       </c>
       <c r="J355" s="2" t="s">
-        <v>626</v>
+        <v>912</v>
       </c>
       <c r="K355" s="2" t="s">
-        <v>1731</v>
+        <v>1726</v>
       </c>
       <c r="L355" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M355" s="2"/>
+        <v>23</v>
+      </c>
+      <c r="M355" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="N355" s="2" t="s">
-        <v>1784</v>
-[...1 lines deleted...]
-      <c r="O355" s="2"/>
+        <v>1806</v>
+      </c>
+      <c r="O355" s="2" t="s">
+        <v>930</v>
+      </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356" s="2">
-        <v>536</v>
+        <v>510</v>
       </c>
       <c r="B356" s="2" t="s">
-        <v>283</v>
+        <v>1719</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>1785</v>
+        <v>1807</v>
       </c>
       <c r="D356" s="2" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="E356" s="2" t="s">
-        <v>1786</v>
+        <v>1808</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>642</v>
+        <v>1809</v>
       </c>
       <c r="G356" s="2" t="s">
-        <v>643</v>
+        <v>1810</v>
       </c>
       <c r="H356" s="2" t="s">
-        <v>1545</v>
+        <v>1732</v>
       </c>
       <c r="I356" s="2" t="s">
-        <v>283</v>
+        <v>1733</v>
       </c>
       <c r="J356" s="2" t="s">
-        <v>626</v>
+        <v>1505</v>
       </c>
       <c r="K356" s="2" t="s">
-        <v>1731</v>
+        <v>1726</v>
       </c>
       <c r="L356" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M356" s="2"/>
+        <v>23</v>
+      </c>
+      <c r="M356" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="N356" s="2" t="s">
-        <v>1787</v>
-[...1 lines deleted...]
-      <c r="O356" s="2"/>
+        <v>1811</v>
+      </c>
+      <c r="O356" s="2" t="s">
+        <v>930</v>
+      </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357" s="2">
-        <v>537</v>
+        <v>511</v>
       </c>
       <c r="B357" s="2" t="s">
-        <v>283</v>
+        <v>1812</v>
       </c>
       <c r="C357" s="2" t="s">
-        <v>1788</v>
+        <v>1813</v>
       </c>
       <c r="D357" s="2" t="s">
-        <v>73</v>
+        <v>89</v>
       </c>
       <c r="E357" s="2" t="s">
-        <v>1789</v>
+        <v>1814</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>1453</v>
+        <v>1815</v>
       </c>
       <c r="G357" s="2" t="s">
-        <v>1454</v>
+        <v>1816</v>
       </c>
       <c r="H357" s="2" t="s">
-        <v>1790</v>
+        <v>1817</v>
       </c>
       <c r="I357" s="2" t="s">
-        <v>283</v>
+        <v>1533</v>
       </c>
       <c r="J357" s="2" t="s">
-        <v>626</v>
+        <v>912</v>
       </c>
       <c r="K357" s="2" t="s">
-        <v>1731</v>
+        <v>1818</v>
       </c>
       <c r="L357" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M357" s="2"/>
+        <v>1819</v>
+      </c>
+      <c r="M357" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="N357" s="2" t="s">
-        <v>1757</v>
-[...1 lines deleted...]
-      <c r="O357" s="2"/>
+        <v>1820</v>
+      </c>
+      <c r="O357" s="2" t="s">
+        <v>1279</v>
+      </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358" s="2">
-        <v>538</v>
+        <v>512</v>
       </c>
       <c r="B358" s="2" t="s">
-        <v>283</v>
+        <v>1812</v>
       </c>
       <c r="C358" s="2" t="s">
-        <v>1791</v>
+        <v>1813</v>
       </c>
       <c r="D358" s="2" t="s">
-        <v>73</v>
+        <v>89</v>
       </c>
       <c r="E358" s="2" t="s">
-        <v>1792</v>
+        <v>1814</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>1793</v>
+        <v>1815</v>
       </c>
       <c r="G358" s="2" t="s">
-        <v>1794</v>
+        <v>1816</v>
       </c>
       <c r="H358" s="2" t="s">
-        <v>1795</v>
+        <v>1817</v>
       </c>
       <c r="I358" s="2" t="s">
-        <v>283</v>
+        <v>1533</v>
       </c>
       <c r="J358" s="2" t="s">
-        <v>626</v>
+        <v>912</v>
       </c>
       <c r="K358" s="2" t="s">
-        <v>1731</v>
+        <v>1818</v>
       </c>
       <c r="L358" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M358" s="2"/>
+        <v>1819</v>
+      </c>
+      <c r="M358" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="N358" s="2" t="s">
-        <v>1757</v>
-[...1 lines deleted...]
-      <c r="O358" s="2"/>
+        <v>1820</v>
+      </c>
+      <c r="O358" s="2" t="s">
+        <v>1279</v>
+      </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359" s="2">
-        <v>539</v>
+        <v>513</v>
       </c>
       <c r="B359" s="2" t="s">
-        <v>283</v>
+        <v>1821</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>1796</v>
+        <v>1822</v>
       </c>
       <c r="D359" s="2" t="s">
-        <v>73</v>
+        <v>89</v>
       </c>
       <c r="E359" s="2" t="s">
-        <v>1797</v>
+        <v>1823</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>1798</v>
+        <v>1824</v>
       </c>
       <c r="G359" s="2" t="s">
-        <v>1799</v>
+        <v>1825</v>
       </c>
       <c r="H359" s="2" t="s">
-        <v>1695</v>
+        <v>1817</v>
       </c>
       <c r="I359" s="2" t="s">
-        <v>283</v>
+        <v>1533</v>
       </c>
       <c r="J359" s="2" t="s">
-        <v>626</v>
+        <v>912</v>
       </c>
       <c r="K359" s="2" t="s">
-        <v>1731</v>
+        <v>1826</v>
       </c>
       <c r="L359" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M359" s="2"/>
+        <v>1819</v>
+      </c>
+      <c r="M359" s="2" t="s">
+        <v>915</v>
+      </c>
       <c r="N359" s="2" t="s">
-        <v>1800</v>
-[...1 lines deleted...]
-      <c r="O359" s="2"/>
+        <v>1827</v>
+      </c>
+      <c r="O359" s="2" t="s">
+        <v>1279</v>
+      </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360" s="2">
-        <v>540</v>
+        <v>514</v>
       </c>
       <c r="B360" s="2" t="s">
-        <v>283</v>
+        <v>1828</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>1801</v>
+        <v>1829</v>
       </c>
       <c r="D360" s="2" t="s">
-        <v>73</v>
+        <v>89</v>
       </c>
       <c r="E360" s="2" t="s">
-        <v>1802</v>
+        <v>1830</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>1448</v>
+        <v>764</v>
       </c>
       <c r="G360" s="2" t="s">
-        <v>1449</v>
+        <v>765</v>
       </c>
       <c r="H360" s="2" t="s">
-        <v>1803</v>
+        <v>1831</v>
       </c>
       <c r="I360" s="2" t="s">
-        <v>283</v>
+        <v>1533</v>
       </c>
       <c r="J360" s="2" t="s">
-        <v>626</v>
+        <v>912</v>
       </c>
       <c r="K360" s="2" t="s">
-        <v>1731</v>
+        <v>1832</v>
       </c>
       <c r="L360" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M360" s="2"/>
+        <v>1833</v>
+      </c>
+      <c r="M360" s="2" t="s">
+        <v>915</v>
+      </c>
       <c r="N360" s="2" t="s">
-        <v>1804</v>
-[...1 lines deleted...]
-      <c r="O360" s="2"/>
+        <v>1834</v>
+      </c>
+      <c r="O360" s="2" t="s">
+        <v>1279</v>
+      </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361" s="2">
-        <v>541</v>
+        <v>515</v>
       </c>
       <c r="B361" s="2" t="s">
-        <v>283</v>
+        <v>1828</v>
       </c>
       <c r="C361" s="2" t="s">
-        <v>1805</v>
+        <v>1835</v>
       </c>
       <c r="D361" s="2" t="s">
-        <v>73</v>
+        <v>89</v>
       </c>
       <c r="E361" s="2" t="s">
-        <v>1806</v>
+        <v>1836</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>1807</v>
+        <v>91</v>
       </c>
       <c r="G361" s="2" t="s">
-        <v>1808</v>
+        <v>92</v>
       </c>
       <c r="H361" s="2" t="s">
-        <v>1770</v>
+        <v>1837</v>
       </c>
       <c r="I361" s="2" t="s">
-        <v>283</v>
+        <v>1533</v>
       </c>
       <c r="J361" s="2" t="s">
-        <v>626</v>
+        <v>912</v>
       </c>
       <c r="K361" s="2" t="s">
-        <v>1731</v>
+        <v>1832</v>
       </c>
       <c r="L361" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M361" s="2"/>
+        <v>1819</v>
+      </c>
+      <c r="M361" s="2" t="s">
+        <v>915</v>
+      </c>
       <c r="N361" s="2" t="s">
-        <v>1757</v>
-[...1 lines deleted...]
-      <c r="O361" s="2"/>
+        <v>1838</v>
+      </c>
+      <c r="O361" s="2" t="s">
+        <v>930</v>
+      </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362" s="2">
-        <v>542</v>
+        <v>516</v>
       </c>
       <c r="B362" s="2" t="s">
-        <v>283</v>
+        <v>1828</v>
       </c>
       <c r="C362" s="2" t="s">
-        <v>1809</v>
+        <v>1839</v>
       </c>
       <c r="D362" s="2" t="s">
-        <v>73</v>
+        <v>89</v>
       </c>
       <c r="E362" s="2" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>1811</v>
+        <v>962</v>
       </c>
       <c r="G362" s="2" t="s">
-        <v>1812</v>
+        <v>963</v>
       </c>
       <c r="H362" s="2" t="s">
-        <v>1813</v>
+        <v>1841</v>
       </c>
       <c r="I362" s="2" t="s">
-        <v>283</v>
+        <v>1533</v>
       </c>
       <c r="J362" s="2" t="s">
-        <v>626</v>
+        <v>912</v>
       </c>
       <c r="K362" s="2" t="s">
-        <v>1814</v>
+        <v>1832</v>
       </c>
       <c r="L362" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M362" s="2"/>
+        <v>1819</v>
+      </c>
+      <c r="M362" s="2" t="s">
+        <v>915</v>
+      </c>
       <c r="N362" s="2" t="s">
-        <v>1815</v>
-[...1 lines deleted...]
-      <c r="O362" s="2"/>
+        <v>1842</v>
+      </c>
+      <c r="O362" s="2" t="s">
+        <v>930</v>
+      </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363" s="2">
-        <v>543</v>
+        <v>517</v>
       </c>
       <c r="B363" s="2" t="s">
-        <v>283</v>
+        <v>1843</v>
       </c>
       <c r="C363" s="2" t="s">
-        <v>1816</v>
+        <v>1844</v>
       </c>
       <c r="D363" s="2" t="s">
-        <v>73</v>
+        <v>96</v>
       </c>
       <c r="E363" s="2" t="s">
-        <v>1817</v>
+        <v>1845</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>1722</v>
+        <v>98</v>
       </c>
       <c r="G363" s="2" t="s">
-        <v>1723</v>
+        <v>99</v>
       </c>
       <c r="H363" s="2" t="s">
-        <v>1545</v>
+        <v>1846</v>
       </c>
       <c r="I363" s="2" t="s">
-        <v>283</v>
+        <v>1843</v>
       </c>
       <c r="J363" s="2" t="s">
-        <v>626</v>
+        <v>912</v>
       </c>
       <c r="K363" s="2" t="s">
-        <v>1814</v>
+        <v>1847</v>
       </c>
       <c r="L363" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M363" s="2"/>
+        <v>1848</v>
+      </c>
+      <c r="M363" s="2" t="s">
+        <v>915</v>
+      </c>
       <c r="N363" s="2" t="s">
-        <v>1818</v>
-[...1 lines deleted...]
-      <c r="O363" s="2"/>
+        <v>1849</v>
+      </c>
+      <c r="O363" s="2" t="s">
+        <v>930</v>
+      </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364" s="2">
-        <v>544</v>
+        <v>518</v>
       </c>
       <c r="B364" s="2" t="s">
-        <v>283</v>
+        <v>1843</v>
       </c>
       <c r="C364" s="2" t="s">
-        <v>1819</v>
+        <v>1850</v>
       </c>
       <c r="D364" s="2" t="s">
-        <v>73</v>
+        <v>96</v>
       </c>
       <c r="E364" s="2" t="s">
-        <v>1820</v>
+        <v>1851</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>1821</v>
+        <v>1852</v>
       </c>
       <c r="G364" s="2" t="s">
-        <v>1822</v>
+        <v>1853</v>
       </c>
       <c r="H364" s="2" t="s">
-        <v>1781</v>
+        <v>1854</v>
       </c>
       <c r="I364" s="2" t="s">
-        <v>283</v>
+        <v>1843</v>
       </c>
       <c r="J364" s="2" t="s">
-        <v>626</v>
+        <v>912</v>
       </c>
       <c r="K364" s="2" t="s">
-        <v>1823</v>
+        <v>1855</v>
       </c>
       <c r="L364" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M364" s="2"/>
+        <v>1848</v>
+      </c>
+      <c r="M364" s="2" t="s">
+        <v>915</v>
+      </c>
       <c r="N364" s="2" t="s">
-        <v>1824</v>
-[...1 lines deleted...]
-      <c r="O364" s="2"/>
+        <v>1856</v>
+      </c>
+      <c r="O364" s="2" t="s">
+        <v>930</v>
+      </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365" s="2">
-        <v>545</v>
+        <v>519</v>
       </c>
       <c r="B365" s="2" t="s">
-        <v>283</v>
+        <v>1857</v>
       </c>
       <c r="C365" s="2" t="s">
-        <v>1727</v>
+        <v>1858</v>
       </c>
       <c r="D365" s="2" t="s">
         <v>73</v>
       </c>
       <c r="E365" s="2" t="s">
-        <v>1825</v>
+        <v>1859</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>1729</v>
+        <v>1860</v>
       </c>
       <c r="G365" s="2" t="s">
-        <v>1730</v>
+        <v>1861</v>
       </c>
       <c r="H365" s="2" t="s">
-        <v>1545</v>
+        <v>1862</v>
       </c>
       <c r="I365" s="2" t="s">
-        <v>283</v>
+        <v>1857</v>
       </c>
       <c r="J365" s="2" t="s">
-        <v>626</v>
+        <v>1863</v>
       </c>
       <c r="K365" s="2" t="s">
-        <v>1826</v>
+        <v>1864</v>
       </c>
       <c r="L365" s="2" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="M365" s="2"/>
+        <v>1865</v>
+      </c>
+      <c r="M365" s="2" t="s">
+        <v>915</v>
+      </c>
       <c r="N365" s="2" t="s">
-        <v>627</v>
-[...1 lines deleted...]
-      <c r="O365" s="2"/>
+        <v>1866</v>
+      </c>
+      <c r="O365" s="2" t="s">
+        <v>930</v>
+      </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366" s="2">
-        <v>546</v>
+        <v>520</v>
       </c>
       <c r="B366" s="2" t="s">
-        <v>283</v>
+        <v>1867</v>
       </c>
       <c r="C366" s="2" t="s">
-        <v>1827</v>
+        <v>1858</v>
       </c>
       <c r="D366" s="2" t="s">
         <v>73</v>
       </c>
       <c r="E366" s="2" t="s">
-        <v>1828</v>
+        <v>1868</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>1829</v>
+        <v>1860</v>
       </c>
       <c r="G366" s="2" t="s">
-        <v>1830</v>
+        <v>1861</v>
       </c>
       <c r="H366" s="2" t="s">
         <v>1545</v>
       </c>
       <c r="I366" s="2" t="s">
-        <v>283</v>
+        <v>1867</v>
       </c>
       <c r="J366" s="2" t="s">
         <v>626</v>
       </c>
       <c r="K366" s="2" t="s">
-        <v>1826</v>
+        <v>1869</v>
       </c>
       <c r="L366" s="2" t="s">
-        <v>1725</v>
+        <v>1870</v>
       </c>
       <c r="M366" s="2"/>
       <c r="N366" s="2" t="s">
-        <v>627</v>
+        <v>1871</v>
       </c>
       <c r="O366" s="2"/>
     </row>
     <row r="367" spans="1:15">
       <c r="A367" s="2">
-        <v>547</v>
+        <v>521</v>
       </c>
       <c r="B367" s="2" t="s">
         <v>283</v>
       </c>
       <c r="C367" s="2" t="s">
-        <v>1831</v>
+        <v>1872</v>
       </c>
       <c r="D367" s="2" t="s">
         <v>73</v>
       </c>
       <c r="E367" s="2" t="s">
-        <v>1832</v>
+        <v>1873</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>1196</v>
+        <v>1874</v>
       </c>
       <c r="G367" s="2" t="s">
-        <v>1197</v>
+        <v>1875</v>
       </c>
       <c r="H367" s="2" t="s">
         <v>1545</v>
       </c>
       <c r="I367" s="2" t="s">
         <v>283</v>
       </c>
       <c r="J367" s="2" t="s">
         <v>626</v>
       </c>
       <c r="K367" s="2" t="s">
-        <v>1826</v>
+        <v>1876</v>
       </c>
       <c r="L367" s="2" t="s">
-        <v>1725</v>
+        <v>1870</v>
       </c>
       <c r="M367" s="2"/>
       <c r="N367" s="2" t="s">
-        <v>1833</v>
+        <v>1877</v>
       </c>
       <c r="O367" s="2"/>
     </row>
     <row r="368" spans="1:15">
       <c r="A368" s="2">
-        <v>549</v>
+        <v>522</v>
       </c>
       <c r="B368" s="2" t="s">
-        <v>27</v>
+        <v>1878</v>
       </c>
       <c r="C368" s="2" t="s">
-        <v>1834</v>
+        <v>1879</v>
       </c>
       <c r="D368" s="2" t="s">
-        <v>96</v>
+        <v>73</v>
       </c>
       <c r="E368" s="2" t="s">
-        <v>1835</v>
+        <v>1880</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>1836</v>
+        <v>1881</v>
       </c>
       <c r="G368" s="2" t="s">
-        <v>1837</v>
+        <v>1882</v>
       </c>
       <c r="H368" s="2" t="s">
-        <v>1838</v>
+        <v>1545</v>
       </c>
       <c r="I368" s="2" t="s">
-        <v>27</v>
+        <v>1878</v>
       </c>
       <c r="J368" s="2" t="s">
-        <v>101</v>
+        <v>626</v>
       </c>
       <c r="K368" s="2" t="s">
-        <v>1839</v>
+        <v>1883</v>
       </c>
       <c r="L368" s="2" t="s">
-        <v>1840</v>
+        <v>1870</v>
       </c>
       <c r="M368" s="2"/>
       <c r="N368" s="2" t="s">
-        <v>1841</v>
+        <v>1884</v>
       </c>
       <c r="O368" s="2"/>
     </row>
     <row r="369" spans="1:15">
       <c r="A369" s="2">
-        <v>550</v>
+        <v>523</v>
       </c>
       <c r="B369" s="2" t="s">
-        <v>1842</v>
+        <v>1878</v>
       </c>
       <c r="C369" s="2" t="s">
-        <v>1843</v>
+        <v>1885</v>
       </c>
       <c r="D369" s="2" t="s">
-        <v>96</v>
+        <v>73</v>
       </c>
       <c r="E369" s="2" t="s">
-        <v>1844</v>
+        <v>1886</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>1845</v>
+        <v>630</v>
       </c>
       <c r="G369" s="2" t="s">
-        <v>1846</v>
+        <v>631</v>
       </c>
       <c r="H369" s="2" t="s">
-        <v>1847</v>
+        <v>1584</v>
       </c>
       <c r="I369" s="2" t="s">
-        <v>1842</v>
+        <v>1878</v>
       </c>
       <c r="J369" s="2" t="s">
-        <v>101</v>
+        <v>626</v>
       </c>
       <c r="K369" s="2" t="s">
-        <v>1848</v>
+        <v>1887</v>
       </c>
       <c r="L369" s="2" t="s">
-        <v>1840</v>
+        <v>1870</v>
       </c>
       <c r="M369" s="2"/>
       <c r="N369" s="2" t="s">
-        <v>1849</v>
+        <v>1888</v>
       </c>
       <c r="O369" s="2"/>
     </row>
     <row r="370" spans="1:15">
       <c r="A370" s="2">
-        <v>552</v>
+        <v>524</v>
       </c>
       <c r="B370" s="2" t="s">
-        <v>1850</v>
+        <v>283</v>
       </c>
       <c r="C370" s="2" t="s">
-        <v>1851</v>
+        <v>1889</v>
       </c>
       <c r="D370" s="2" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="E370" s="2" t="s">
-        <v>1852</v>
+        <v>1890</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>1853</v>
+        <v>113</v>
       </c>
       <c r="G370" s="2" t="s">
-        <v>1854</v>
+        <v>114</v>
       </c>
       <c r="H370" s="2" t="s">
-        <v>1855</v>
+        <v>1584</v>
       </c>
       <c r="I370" s="2" t="s">
-        <v>1850</v>
+        <v>283</v>
       </c>
       <c r="J370" s="2" t="s">
-        <v>101</v>
+        <v>626</v>
       </c>
       <c r="K370" s="2" t="s">
-        <v>1856</v>
+        <v>1876</v>
       </c>
       <c r="L370" s="2" t="s">
-        <v>1857</v>
+        <v>1870</v>
       </c>
       <c r="M370" s="2"/>
       <c r="N370" s="2" t="s">
-        <v>1858</v>
+        <v>1754</v>
       </c>
       <c r="O370" s="2"/>
     </row>
     <row r="371" spans="1:15">
       <c r="A371" s="2">
-        <v>553</v>
+        <v>525</v>
       </c>
       <c r="B371" s="2" t="s">
         <v>283</v>
       </c>
       <c r="C371" s="2" t="s">
-        <v>1851</v>
+        <v>1891</v>
       </c>
       <c r="D371" s="2" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="E371" s="2" t="s">
-        <v>1852</v>
+        <v>1892</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>1853</v>
+        <v>75</v>
       </c>
       <c r="G371" s="2" t="s">
-        <v>1854</v>
+        <v>76</v>
       </c>
       <c r="H371" s="2" t="s">
-        <v>1855</v>
+        <v>1893</v>
       </c>
       <c r="I371" s="2" t="s">
         <v>283</v>
       </c>
       <c r="J371" s="2" t="s">
         <v>626</v>
       </c>
       <c r="K371" s="2" t="s">
-        <v>1859</v>
+        <v>1876</v>
       </c>
       <c r="L371" s="2" t="s">
-        <v>1860</v>
+        <v>1870</v>
       </c>
       <c r="M371" s="2"/>
       <c r="N371" s="2" t="s">
-        <v>1861</v>
+        <v>1894</v>
       </c>
       <c r="O371" s="2"/>
     </row>
     <row r="372" spans="1:15">
       <c r="A372" s="2">
-        <v>554</v>
+        <v>526</v>
       </c>
       <c r="B372" s="2" t="s">
-        <v>1862</v>
+        <v>283</v>
       </c>
       <c r="C372" s="2" t="s">
-        <v>1863</v>
+        <v>1895</v>
       </c>
       <c r="D372" s="2" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="E372" s="2" t="s">
-        <v>1864</v>
+        <v>1896</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>1865</v>
+        <v>261</v>
       </c>
       <c r="G372" s="2" t="s">
-        <v>1866</v>
+        <v>262</v>
       </c>
       <c r="H372" s="2" t="s">
-        <v>1867</v>
+        <v>1545</v>
       </c>
       <c r="I372" s="2" t="s">
-        <v>1862</v>
+        <v>283</v>
       </c>
       <c r="J372" s="2" t="s">
         <v>626</v>
       </c>
       <c r="K372" s="2" t="s">
-        <v>1868</v>
+        <v>1876</v>
       </c>
       <c r="L372" s="2" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="M372" s="2"/>
       <c r="N372" s="2" t="s">
-        <v>1870</v>
+        <v>1897</v>
       </c>
       <c r="O372" s="2"/>
     </row>
     <row r="373" spans="1:15">
       <c r="A373" s="2">
-        <v>555</v>
+        <v>527</v>
       </c>
       <c r="B373" s="2" t="s">
-        <v>416</v>
+        <v>283</v>
       </c>
       <c r="C373" s="2" t="s">
-        <v>1871</v>
+        <v>1898</v>
       </c>
       <c r="D373" s="2" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="E373" s="2" t="s">
-        <v>1872</v>
+        <v>1899</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>1873</v>
+        <v>636</v>
       </c>
       <c r="G373" s="2" t="s">
-        <v>1874</v>
+        <v>637</v>
       </c>
       <c r="H373" s="2" t="s">
-        <v>1875</v>
+        <v>1545</v>
       </c>
       <c r="I373" s="2" t="s">
-        <v>416</v>
+        <v>283</v>
       </c>
       <c r="J373" s="2" t="s">
         <v>626</v>
       </c>
       <c r="K373" s="2" t="s">
-        <v>1876</v>
+        <v>1900</v>
       </c>
       <c r="L373" s="2" t="s">
-        <v>1857</v>
+        <v>1870</v>
       </c>
       <c r="M373" s="2"/>
       <c r="N373" s="2" t="s">
-        <v>1815</v>
+        <v>1901</v>
       </c>
       <c r="O373" s="2"/>
     </row>
     <row r="374" spans="1:15">
       <c r="A374" s="2">
-        <v>556</v>
+        <v>528</v>
       </c>
       <c r="B374" s="2" t="s">
-        <v>1862</v>
+        <v>283</v>
       </c>
       <c r="C374" s="2" t="s">
-        <v>1877</v>
+        <v>1902</v>
       </c>
       <c r="D374" s="2" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="E374" s="2" t="s">
-        <v>1878</v>
+        <v>1903</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>1879</v>
+        <v>236</v>
       </c>
       <c r="G374" s="2" t="s">
-        <v>1880</v>
+        <v>237</v>
       </c>
       <c r="H374" s="2" t="s">
-        <v>1881</v>
+        <v>1575</v>
       </c>
       <c r="I374" s="2" t="s">
-        <v>1862</v>
+        <v>283</v>
       </c>
       <c r="J374" s="2" t="s">
         <v>626</v>
       </c>
       <c r="K374" s="2" t="s">
-        <v>1882</v>
+        <v>1876</v>
       </c>
       <c r="L374" s="2" t="s">
-        <v>1857</v>
+        <v>1870</v>
       </c>
       <c r="M374" s="2"/>
       <c r="N374" s="2" t="s">
-        <v>1883</v>
+        <v>1904</v>
       </c>
       <c r="O374" s="2"/>
     </row>
     <row r="375" spans="1:15">
       <c r="A375" s="2">
-        <v>557</v>
+        <v>529</v>
       </c>
       <c r="B375" s="2" t="s">
-        <v>1884</v>
+        <v>283</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>1885</v>
+        <v>1905</v>
       </c>
       <c r="D375" s="2" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="E375" s="2" t="s">
-        <v>1886</v>
+        <v>1906</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>714</v>
+        <v>1907</v>
       </c>
       <c r="G375" s="2" t="s">
-        <v>715</v>
+        <v>1908</v>
       </c>
       <c r="H375" s="2" t="s">
-        <v>1887</v>
+        <v>1545</v>
       </c>
       <c r="I375" s="2" t="s">
-        <v>1884</v>
+        <v>283</v>
       </c>
       <c r="J375" s="2" t="s">
         <v>626</v>
       </c>
       <c r="K375" s="2" t="s">
-        <v>1888</v>
+        <v>1876</v>
       </c>
       <c r="L375" s="2" t="s">
-        <v>1857</v>
+        <v>1870</v>
       </c>
       <c r="M375" s="2"/>
       <c r="N375" s="2" t="s">
-        <v>1883</v>
+        <v>1901</v>
       </c>
       <c r="O375" s="2"/>
     </row>
     <row r="376" spans="1:15">
       <c r="A376" s="2">
-        <v>558</v>
+        <v>530</v>
       </c>
       <c r="B376" s="2" t="s">
-        <v>1862</v>
+        <v>283</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>1889</v>
+        <v>1909</v>
       </c>
       <c r="D376" s="2" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="E376" s="2" t="s">
-        <v>1890</v>
+        <v>1910</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>1891</v>
+        <v>242</v>
       </c>
       <c r="G376" s="2" t="s">
-        <v>1892</v>
+        <v>243</v>
       </c>
       <c r="H376" s="2" t="s">
-        <v>1893</v>
+        <v>1911</v>
       </c>
       <c r="I376" s="2" t="s">
-        <v>1862</v>
+        <v>283</v>
       </c>
       <c r="J376" s="2" t="s">
         <v>626</v>
       </c>
       <c r="K376" s="2" t="s">
-        <v>1894</v>
+        <v>1876</v>
       </c>
       <c r="L376" s="2" t="s">
-        <v>1857</v>
+        <v>1870</v>
       </c>
       <c r="M376" s="2"/>
       <c r="N376" s="2" t="s">
-        <v>1883</v>
+        <v>1901</v>
       </c>
       <c r="O376" s="2"/>
     </row>
     <row r="377" spans="1:15">
       <c r="A377" s="2">
-        <v>559</v>
+        <v>531</v>
       </c>
       <c r="B377" s="2" t="s">
-        <v>1862</v>
+        <v>283</v>
       </c>
       <c r="C377" s="2" t="s">
-        <v>1895</v>
+        <v>1912</v>
       </c>
       <c r="D377" s="2" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="E377" s="2" t="s">
-        <v>1896</v>
+        <v>1913</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>66</v>
+        <v>617</v>
       </c>
       <c r="G377" s="2" t="s">
-        <v>67</v>
+        <v>618</v>
       </c>
       <c r="H377" s="2" t="s">
-        <v>1897</v>
+        <v>1914</v>
       </c>
       <c r="I377" s="2" t="s">
-        <v>1862</v>
+        <v>283</v>
       </c>
       <c r="J377" s="2" t="s">
         <v>626</v>
       </c>
       <c r="K377" s="2" t="s">
-        <v>1898</v>
+        <v>1876</v>
       </c>
       <c r="L377" s="2" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="M377" s="2"/>
       <c r="N377" s="2" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="O377" s="2"/>
     </row>
     <row r="378" spans="1:15">
       <c r="A378" s="2">
-        <v>560</v>
+        <v>532</v>
       </c>
       <c r="B378" s="2" t="s">
         <v>283</v>
       </c>
       <c r="C378" s="2" t="s">
-        <v>1900</v>
+        <v>1915</v>
       </c>
       <c r="D378" s="2" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="E378" s="2" t="s">
-        <v>1901</v>
+        <v>1916</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>703</v>
+        <v>1917</v>
       </c>
       <c r="G378" s="2" t="s">
-        <v>704</v>
+        <v>1918</v>
       </c>
       <c r="H378" s="2" t="s">
-        <v>1902</v>
+        <v>1545</v>
       </c>
       <c r="I378" s="2" t="s">
         <v>283</v>
       </c>
       <c r="J378" s="2" t="s">
         <v>626</v>
       </c>
       <c r="K378" s="2" t="s">
-        <v>1903</v>
+        <v>1876</v>
       </c>
       <c r="L378" s="2" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="M378" s="2"/>
       <c r="N378" s="2" t="s">
-        <v>1904</v>
+        <v>1901</v>
       </c>
       <c r="O378" s="2"/>
     </row>
     <row r="379" spans="1:15">
       <c r="A379" s="2">
-        <v>561</v>
+        <v>533</v>
       </c>
       <c r="B379" s="2" t="s">
-        <v>1862</v>
+        <v>283</v>
       </c>
       <c r="C379" s="2" t="s">
-        <v>1905</v>
+        <v>1919</v>
       </c>
       <c r="D379" s="2" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="E379" s="2" t="s">
-        <v>1906</v>
+        <v>1920</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>387</v>
+        <v>1921</v>
       </c>
       <c r="G379" s="2" t="s">
-        <v>388</v>
+        <v>1922</v>
       </c>
       <c r="H379" s="2" t="s">
-        <v>1907</v>
+        <v>1545</v>
       </c>
       <c r="I379" s="2" t="s">
-        <v>1862</v>
+        <v>283</v>
       </c>
       <c r="J379" s="2" t="s">
         <v>626</v>
       </c>
       <c r="K379" s="2" t="s">
-        <v>1908</v>
+        <v>1876</v>
       </c>
       <c r="L379" s="2" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="M379" s="2"/>
-      <c r="N379" s="2" t="s">
-[...2 lines deleted...]
-      <c r="O379" s="2"/>
+      <c r="N379" s="2"/>
+      <c r="O379" s="2" t="s">
+        <v>1901</v>
+      </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380" s="2">
-        <v>562</v>
+        <v>534</v>
       </c>
       <c r="B380" s="2" t="s">
-        <v>1862</v>
+        <v>283</v>
       </c>
       <c r="C380" s="2" t="s">
-        <v>1909</v>
+        <v>1923</v>
       </c>
       <c r="D380" s="2" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="E380" s="2" t="s">
-        <v>1910</v>
+        <v>1924</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>681</v>
+        <v>623</v>
       </c>
       <c r="G380" s="2" t="s">
-        <v>682</v>
+        <v>624</v>
       </c>
       <c r="H380" s="2" t="s">
-        <v>1911</v>
+        <v>1925</v>
       </c>
       <c r="I380" s="2" t="s">
-        <v>1862</v>
+        <v>283</v>
       </c>
       <c r="J380" s="2" t="s">
         <v>626</v>
       </c>
       <c r="K380" s="2" t="s">
-        <v>1912</v>
+        <v>1876</v>
       </c>
       <c r="L380" s="2" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="M380" s="2"/>
       <c r="N380" s="2" t="s">
-        <v>1883</v>
+        <v>1901</v>
       </c>
       <c r="O380" s="2"/>
     </row>
     <row r="381" spans="1:15">
       <c r="A381" s="2">
-        <v>563</v>
+        <v>535</v>
       </c>
       <c r="B381" s="2" t="s">
-        <v>1862</v>
+        <v>283</v>
       </c>
       <c r="C381" s="2" t="s">
-        <v>1913</v>
+        <v>1926</v>
       </c>
       <c r="D381" s="2" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="E381" s="2" t="s">
-        <v>1914</v>
+        <v>1927</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>1915</v>
+        <v>630</v>
       </c>
       <c r="G381" s="2" t="s">
-        <v>1916</v>
+        <v>631</v>
       </c>
       <c r="H381" s="2" t="s">
-        <v>1917</v>
+        <v>1584</v>
       </c>
       <c r="I381" s="2" t="s">
-        <v>1862</v>
+        <v>283</v>
       </c>
       <c r="J381" s="2" t="s">
-        <v>101</v>
+        <v>626</v>
       </c>
       <c r="K381" s="2" t="s">
-        <v>1918</v>
+        <v>1876</v>
       </c>
       <c r="L381" s="2" t="s">
-        <v>1857</v>
+        <v>1870</v>
       </c>
       <c r="M381" s="2"/>
       <c r="N381" s="2" t="s">
-        <v>1883</v>
+        <v>1928</v>
       </c>
       <c r="O381" s="2"/>
     </row>
     <row r="382" spans="1:15">
       <c r="A382" s="2">
-        <v>564</v>
+        <v>536</v>
       </c>
       <c r="B382" s="2" t="s">
-        <v>1919</v>
+        <v>283</v>
       </c>
       <c r="C382" s="2" t="s">
-        <v>1920</v>
+        <v>1929</v>
       </c>
       <c r="D382" s="2" t="s">
-        <v>329</v>
+        <v>73</v>
       </c>
       <c r="E382" s="2" t="s">
-        <v>1921</v>
+        <v>1930</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>797</v>
+        <v>642</v>
       </c>
       <c r="G382" s="2" t="s">
-        <v>798</v>
+        <v>643</v>
       </c>
       <c r="H382" s="2" t="s">
-        <v>799</v>
+        <v>1545</v>
       </c>
       <c r="I382" s="2" t="s">
-        <v>422</v>
+        <v>283</v>
       </c>
       <c r="J382" s="2" t="s">
-        <v>1922</v>
+        <v>626</v>
       </c>
       <c r="K382" s="2" t="s">
-        <v>1923</v>
+        <v>1876</v>
       </c>
       <c r="L382" s="2" t="s">
-        <v>1924</v>
+        <v>1870</v>
       </c>
       <c r="M382" s="2"/>
       <c r="N382" s="2" t="s">
-        <v>1925</v>
+        <v>1931</v>
       </c>
       <c r="O382" s="2"/>
     </row>
     <row r="383" spans="1:15">
       <c r="A383" s="2">
-        <v>565</v>
+        <v>537</v>
       </c>
       <c r="B383" s="2" t="s">
-        <v>1862</v>
+        <v>283</v>
       </c>
       <c r="C383" s="2" t="s">
-        <v>1926</v>
+        <v>1932</v>
       </c>
       <c r="D383" s="2" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="E383" s="2" t="s">
-        <v>1927</v>
+        <v>1933</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>709</v>
+        <v>1453</v>
       </c>
       <c r="G383" s="2" t="s">
-        <v>710</v>
+        <v>1454</v>
       </c>
       <c r="H383" s="2" t="s">
-        <v>1928</v>
+        <v>1934</v>
       </c>
       <c r="I383" s="2" t="s">
-        <v>1862</v>
+        <v>283</v>
       </c>
       <c r="J383" s="2" t="s">
         <v>626</v>
       </c>
       <c r="K383" s="2" t="s">
-        <v>1929</v>
+        <v>1876</v>
       </c>
       <c r="L383" s="2" t="s">
-        <v>1857</v>
+        <v>1870</v>
       </c>
       <c r="M383" s="2"/>
       <c r="N383" s="2" t="s">
-        <v>1883</v>
+        <v>1901</v>
       </c>
       <c r="O383" s="2"/>
     </row>
     <row r="384" spans="1:15">
       <c r="A384" s="2">
-        <v>566</v>
+        <v>538</v>
       </c>
       <c r="B384" s="2" t="s">
-        <v>1930</v>
+        <v>283</v>
       </c>
       <c r="C384" s="2" t="s">
-        <v>1931</v>
+        <v>1935</v>
       </c>
       <c r="D384" s="2" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="E384" s="2" t="s">
-        <v>1932</v>
+        <v>1936</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>1933</v>
+        <v>1937</v>
       </c>
       <c r="G384" s="2" t="s">
-        <v>1934</v>
+        <v>1938</v>
       </c>
       <c r="H384" s="2" t="s">
-        <v>1935</v>
+        <v>1939</v>
       </c>
       <c r="I384" s="2" t="s">
-        <v>1930</v>
+        <v>283</v>
       </c>
       <c r="J384" s="2" t="s">
-        <v>101</v>
+        <v>626</v>
       </c>
       <c r="K384" s="2" t="s">
-        <v>1936</v>
+        <v>1876</v>
       </c>
       <c r="L384" s="2" t="s">
-        <v>1937</v>
+        <v>1870</v>
       </c>
       <c r="M384" s="2"/>
       <c r="N384" s="2" t="s">
-        <v>1938</v>
+        <v>1901</v>
       </c>
       <c r="O384" s="2"/>
     </row>
     <row r="385" spans="1:15">
       <c r="A385" s="2">
-        <v>567</v>
+        <v>539</v>
       </c>
       <c r="B385" s="2" t="s">
-        <v>1930</v>
+        <v>283</v>
       </c>
       <c r="C385" s="2" t="s">
-        <v>1931</v>
+        <v>1940</v>
       </c>
       <c r="D385" s="2" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="E385" s="2" t="s">
-        <v>1932</v>
+        <v>1941</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>1933</v>
+        <v>1942</v>
       </c>
       <c r="G385" s="2" t="s">
-        <v>1934</v>
+        <v>1943</v>
       </c>
       <c r="H385" s="2" t="s">
-        <v>1935</v>
+        <v>1695</v>
       </c>
       <c r="I385" s="2" t="s">
-        <v>1930</v>
+        <v>283</v>
       </c>
       <c r="J385" s="2" t="s">
-        <v>101</v>
+        <v>626</v>
       </c>
       <c r="K385" s="2" t="s">
-        <v>1939</v>
+        <v>1876</v>
       </c>
       <c r="L385" s="2" t="s">
-        <v>1937</v>
+        <v>1870</v>
       </c>
       <c r="M385" s="2"/>
       <c r="N385" s="2" t="s">
-        <v>1940</v>
+        <v>1944</v>
       </c>
       <c r="O385" s="2"/>
     </row>
     <row r="386" spans="1:15">
       <c r="A386" s="2">
-        <v>568</v>
+        <v>540</v>
       </c>
       <c r="B386" s="2" t="s">
-        <v>1919</v>
+        <v>283</v>
       </c>
       <c r="C386" s="2" t="s">
-        <v>1941</v>
+        <v>1945</v>
       </c>
       <c r="D386" s="2" t="s">
-        <v>329</v>
+        <v>73</v>
       </c>
       <c r="E386" s="2" t="s">
-        <v>1942</v>
+        <v>1946</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>1943</v>
+        <v>1448</v>
       </c>
       <c r="G386" s="2" t="s">
-        <v>1944</v>
+        <v>1449</v>
       </c>
       <c r="H386" s="2" t="s">
-        <v>1945</v>
+        <v>1947</v>
       </c>
       <c r="I386" s="2" t="s">
-        <v>141</v>
+        <v>283</v>
       </c>
       <c r="J386" s="2" t="s">
-        <v>45</v>
+        <v>626</v>
       </c>
       <c r="K386" s="2" t="s">
-        <v>1923</v>
+        <v>1876</v>
       </c>
       <c r="L386" s="2" t="s">
-        <v>1924</v>
+        <v>1870</v>
       </c>
       <c r="M386" s="2"/>
       <c r="N386" s="2" t="s">
-        <v>1946</v>
+        <v>1948</v>
       </c>
       <c r="O386" s="2"/>
     </row>
     <row r="387" spans="1:15">
       <c r="A387" s="2">
-        <v>569</v>
+        <v>541</v>
       </c>
       <c r="B387" s="2" t="s">
-        <v>1919</v>
+        <v>283</v>
       </c>
       <c r="C387" s="2" t="s">
-        <v>1947</v>
+        <v>1949</v>
       </c>
       <c r="D387" s="2" t="s">
-        <v>329</v>
+        <v>73</v>
       </c>
       <c r="E387" s="2" t="s">
-        <v>1948</v>
+        <v>1950</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>786</v>
+        <v>1951</v>
       </c>
       <c r="G387" s="2" t="s">
-        <v>787</v>
+        <v>1952</v>
       </c>
       <c r="H387" s="2" t="s">
-        <v>1949</v>
+        <v>1914</v>
       </c>
       <c r="I387" s="2" t="s">
-        <v>149</v>
+        <v>283</v>
       </c>
       <c r="J387" s="2" t="s">
-        <v>209</v>
+        <v>626</v>
       </c>
       <c r="K387" s="2" t="s">
-        <v>1923</v>
+        <v>1876</v>
       </c>
       <c r="L387" s="2" t="s">
-        <v>1924</v>
+        <v>1870</v>
       </c>
       <c r="M387" s="2"/>
       <c r="N387" s="2" t="s">
-        <v>1946</v>
+        <v>1901</v>
       </c>
       <c r="O387" s="2"/>
     </row>
     <row r="388" spans="1:15">
       <c r="A388" s="2">
-        <v>570</v>
+        <v>542</v>
       </c>
       <c r="B388" s="2" t="s">
-        <v>1919</v>
+        <v>283</v>
       </c>
       <c r="C388" s="2" t="s">
-        <v>1950</v>
+        <v>1953</v>
       </c>
       <c r="D388" s="2" t="s">
-        <v>329</v>
+        <v>73</v>
       </c>
       <c r="E388" s="2" t="s">
-        <v>1951</v>
+        <v>1954</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>775</v>
+        <v>1955</v>
       </c>
       <c r="G388" s="2" t="s">
-        <v>776</v>
+        <v>1956</v>
       </c>
       <c r="H388" s="2" t="s">
-        <v>1952</v>
+        <v>1957</v>
       </c>
       <c r="I388" s="2" t="s">
-        <v>660</v>
+        <v>283</v>
       </c>
       <c r="J388" s="2" t="s">
-        <v>1953</v>
+        <v>626</v>
       </c>
       <c r="K388" s="2" t="s">
-        <v>1923</v>
+        <v>1958</v>
       </c>
       <c r="L388" s="2" t="s">
-        <v>1924</v>
+        <v>1870</v>
       </c>
       <c r="M388" s="2"/>
       <c r="N388" s="2" t="s">
-        <v>1954</v>
+        <v>1959</v>
       </c>
       <c r="O388" s="2"/>
     </row>
     <row r="389" spans="1:15">
       <c r="A389" s="2">
-        <v>571</v>
+        <v>543</v>
       </c>
       <c r="B389" s="2" t="s">
-        <v>1862</v>
+        <v>283</v>
       </c>
       <c r="C389" s="2" t="s">
-        <v>1955</v>
+        <v>1960</v>
       </c>
       <c r="D389" s="2" t="s">
-        <v>329</v>
+        <v>73</v>
       </c>
       <c r="E389" s="2" t="s">
-        <v>1956</v>
+        <v>1961</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>1957</v>
+        <v>1860</v>
       </c>
       <c r="G389" s="2" t="s">
+        <v>1861</v>
+      </c>
+      <c r="H389" s="2" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I389" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="J389" s="2" t="s">
+        <v>626</v>
+      </c>
+      <c r="K389" s="2" t="s">
         <v>1958</v>
       </c>
-      <c r="H389" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="L389" s="2" t="s">
-        <v>1924</v>
+        <v>1870</v>
       </c>
       <c r="M389" s="2"/>
       <c r="N389" s="2" t="s">
         <v>1962</v>
       </c>
       <c r="O389" s="2"/>
     </row>
     <row r="390" spans="1:15">
       <c r="A390" s="2">
-        <v>572</v>
+        <v>544</v>
       </c>
       <c r="B390" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="C390" s="2" t="s">
         <v>1963</v>
       </c>
-      <c r="C390" s="2" t="s">
+      <c r="D390" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E390" s="2" t="s">
         <v>1964</v>
       </c>
-      <c r="D390" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E390" s="2" t="s">
+      <c r="F390" s="2" t="s">
         <v>1965</v>
       </c>
-      <c r="F390" s="2" t="s">
+      <c r="G390" s="2" t="s">
         <v>1966</v>
       </c>
-      <c r="G390" s="2" t="s">
+      <c r="H390" s="2" t="s">
+        <v>1925</v>
+      </c>
+      <c r="I390" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="J390" s="2" t="s">
+        <v>626</v>
+      </c>
+      <c r="K390" s="2" t="s">
         <v>1967</v>
       </c>
-      <c r="H390" s="2" t="s">
-[...8 lines deleted...]
-      <c r="K390" s="2"/>
       <c r="L390" s="2" t="s">
-        <v>1969</v>
+        <v>1870</v>
       </c>
       <c r="M390" s="2"/>
       <c r="N390" s="2" t="s">
-        <v>1970</v>
-[...3 lines deleted...]
-      </c>
+        <v>1968</v>
+      </c>
+      <c r="O390" s="2"/>
     </row>
     <row r="391" spans="1:15">
       <c r="A391" s="2">
-        <v>573</v>
+        <v>545</v>
       </c>
       <c r="B391" s="2" t="s">
-        <v>1963</v>
+        <v>283</v>
       </c>
       <c r="C391" s="2" t="s">
-        <v>1964</v>
+        <v>1872</v>
       </c>
       <c r="D391" s="2" t="s">
-        <v>480</v>
+        <v>73</v>
       </c>
       <c r="E391" s="2" t="s">
-        <v>1965</v>
+        <v>1969</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>1966</v>
+        <v>1874</v>
       </c>
       <c r="G391" s="2" t="s">
-        <v>1967</v>
+        <v>1875</v>
       </c>
       <c r="H391" s="2" t="s">
-        <v>1968</v>
+        <v>1545</v>
       </c>
       <c r="I391" s="2" t="s">
-        <v>1963</v>
+        <v>283</v>
       </c>
       <c r="J391" s="2" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="K391" s="2"/>
+        <v>626</v>
+      </c>
+      <c r="K391" s="2" t="s">
+        <v>1970</v>
+      </c>
       <c r="L391" s="2" t="s">
-        <v>1969</v>
+        <v>1870</v>
       </c>
       <c r="M391" s="2"/>
       <c r="N391" s="2" t="s">
-        <v>1972</v>
-[...3 lines deleted...]
-      </c>
+        <v>627</v>
+      </c>
+      <c r="O391" s="2"/>
     </row>
     <row r="392" spans="1:15">
       <c r="A392" s="2">
-        <v>574</v>
+        <v>546</v>
       </c>
       <c r="B392" s="2" t="s">
-        <v>1963</v>
+        <v>283</v>
       </c>
       <c r="C392" s="2" t="s">
-        <v>1964</v>
+        <v>1971</v>
       </c>
       <c r="D392" s="2" t="s">
-        <v>480</v>
+        <v>73</v>
       </c>
       <c r="E392" s="2" t="s">
-        <v>1965</v>
+        <v>1972</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>1966</v>
+        <v>1973</v>
       </c>
       <c r="G392" s="2" t="s">
-        <v>1967</v>
+        <v>1974</v>
       </c>
       <c r="H392" s="2" t="s">
-        <v>1968</v>
+        <v>1545</v>
       </c>
       <c r="I392" s="2" t="s">
-        <v>1963</v>
+        <v>283</v>
       </c>
       <c r="J392" s="2" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="K392" s="2"/>
+        <v>626</v>
+      </c>
+      <c r="K392" s="2" t="s">
+        <v>1970</v>
+      </c>
       <c r="L392" s="2" t="s">
-        <v>1969</v>
+        <v>1870</v>
       </c>
       <c r="M392" s="2"/>
       <c r="N392" s="2" t="s">
-        <v>1974</v>
-[...3 lines deleted...]
-      </c>
+        <v>627</v>
+      </c>
+      <c r="O392" s="2"/>
     </row>
     <row r="393" spans="1:15">
       <c r="A393" s="2">
-        <v>575</v>
+        <v>547</v>
       </c>
       <c r="B393" s="2" t="s">
-        <v>1963</v>
+        <v>283</v>
       </c>
       <c r="C393" s="2" t="s">
+        <v>1975</v>
+      </c>
+      <c r="D393" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E393" s="2" t="s">
         <v>1976</v>
       </c>
-      <c r="D393" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F393" s="2" t="s">
-        <v>1978</v>
+        <v>1196</v>
       </c>
       <c r="G393" s="2" t="s">
-        <v>1979</v>
+        <v>1197</v>
       </c>
       <c r="H393" s="2" t="s">
-        <v>1968</v>
+        <v>1545</v>
       </c>
       <c r="I393" s="2" t="s">
-        <v>1963</v>
+        <v>283</v>
       </c>
       <c r="J393" s="2" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="K393" s="2"/>
+        <v>626</v>
+      </c>
+      <c r="K393" s="2" t="s">
+        <v>1970</v>
+      </c>
       <c r="L393" s="2" t="s">
-        <v>1969</v>
+        <v>1870</v>
       </c>
       <c r="M393" s="2"/>
       <c r="N393" s="2" t="s">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>1977</v>
+      </c>
+      <c r="O393" s="2"/>
     </row>
     <row r="394" spans="1:15">
       <c r="A394" s="2">
-        <v>576</v>
+        <v>549</v>
       </c>
       <c r="B394" s="2" t="s">
-        <v>1963</v>
+        <v>27</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>1976</v>
+        <v>1978</v>
       </c>
       <c r="D394" s="2" t="s">
-        <v>480</v>
+        <v>96</v>
       </c>
       <c r="E394" s="2" t="s">
-        <v>1977</v>
+        <v>1979</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>1978</v>
+        <v>1980</v>
       </c>
       <c r="G394" s="2" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
       <c r="H394" s="2" t="s">
-        <v>1968</v>
+        <v>1854</v>
       </c>
       <c r="I394" s="2" t="s">
-        <v>1963</v>
+        <v>27</v>
       </c>
       <c r="J394" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="K394" s="2"/>
+      <c r="K394" s="2" t="s">
+        <v>1982</v>
+      </c>
       <c r="L394" s="2" t="s">
-        <v>1969</v>
+        <v>1848</v>
       </c>
       <c r="M394" s="2"/>
       <c r="N394" s="2" t="s">
-        <v>1982</v>
-[...1 lines deleted...]
-      <c r="O394" s="2" t="s">
         <v>1983</v>
       </c>
+      <c r="O394" s="2"/>
     </row>
     <row r="395" spans="1:15">
       <c r="A395" s="2">
-        <v>577</v>
+        <v>550</v>
       </c>
       <c r="B395" s="2" t="s">
-        <v>1963</v>
+        <v>1984</v>
       </c>
       <c r="C395" s="2" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D395" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="E395" s="2" t="s">
+        <v>1986</v>
+      </c>
+      <c r="F395" s="2" t="s">
+        <v>1987</v>
+      </c>
+      <c r="G395" s="2" t="s">
+        <v>1988</v>
+      </c>
+      <c r="H395" s="2" t="s">
+        <v>1989</v>
+      </c>
+      <c r="I395" s="2" t="s">
         <v>1984</v>
-      </c>
-[...16 lines deleted...]
-        <v>1963</v>
       </c>
       <c r="J395" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="K395" s="2"/>
+      <c r="K395" s="2" t="s">
+        <v>1990</v>
+      </c>
       <c r="L395" s="2" t="s">
-        <v>1969</v>
+        <v>1848</v>
       </c>
       <c r="M395" s="2"/>
       <c r="N395" s="2" t="s">
-        <v>1988</v>
-[...3 lines deleted...]
-      </c>
+        <v>1991</v>
+      </c>
+      <c r="O395" s="2"/>
     </row>
     <row r="396" spans="1:15">
       <c r="A396" s="2">
-        <v>578</v>
+        <v>552</v>
       </c>
       <c r="B396" s="2" t="s">
-        <v>1963</v>
+        <v>1992</v>
       </c>
       <c r="C396" s="2" t="s">
-        <v>1984</v>
+        <v>1993</v>
       </c>
       <c r="D396" s="2" t="s">
-        <v>480</v>
+        <v>64</v>
       </c>
       <c r="E396" s="2" t="s">
-        <v>1985</v>
+        <v>1994</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>1986</v>
+        <v>1995</v>
       </c>
       <c r="G396" s="2" t="s">
-        <v>1987</v>
+        <v>1996</v>
       </c>
       <c r="H396" s="2" t="s">
-        <v>1968</v>
+        <v>1997</v>
       </c>
       <c r="I396" s="2" t="s">
-        <v>1963</v>
+        <v>1992</v>
       </c>
       <c r="J396" s="2" t="s">
-        <v>1960</v>
-[...1 lines deleted...]
-      <c r="K396" s="2"/>
+        <v>101</v>
+      </c>
+      <c r="K396" s="2" t="s">
+        <v>1998</v>
+      </c>
       <c r="L396" s="2" t="s">
-        <v>1969</v>
+        <v>1999</v>
       </c>
       <c r="M396" s="2"/>
       <c r="N396" s="2" t="s">
-        <v>1990</v>
-[...3 lines deleted...]
-      </c>
+        <v>2000</v>
+      </c>
+      <c r="O396" s="2"/>
     </row>
     <row r="397" spans="1:15">
       <c r="A397" s="2">
-        <v>579</v>
+        <v>553</v>
       </c>
       <c r="B397" s="2" t="s">
-        <v>1963</v>
+        <v>283</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="D397" s="2" t="s">
-        <v>480</v>
+        <v>64</v>
       </c>
       <c r="E397" s="2" t="s">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="G397" s="2" t="s">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="H397" s="2" t="s">
-        <v>1968</v>
+        <v>1997</v>
       </c>
       <c r="I397" s="2" t="s">
-        <v>1963</v>
+        <v>283</v>
       </c>
       <c r="J397" s="2" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="K397" s="2"/>
+        <v>626</v>
+      </c>
+      <c r="K397" s="2" t="s">
+        <v>2001</v>
+      </c>
       <c r="L397" s="2" t="s">
-        <v>1969</v>
+        <v>2002</v>
       </c>
       <c r="M397" s="2"/>
       <c r="N397" s="2" t="s">
-        <v>1996</v>
-[...3 lines deleted...]
-      </c>
+        <v>2003</v>
+      </c>
+      <c r="O397" s="2"/>
     </row>
     <row r="398" spans="1:15">
       <c r="A398" s="2">
-        <v>580</v>
+        <v>554</v>
       </c>
       <c r="B398" s="2" t="s">
-        <v>1963</v>
+        <v>2004</v>
       </c>
       <c r="C398" s="2" t="s">
-        <v>1992</v>
+        <v>2005</v>
       </c>
       <c r="D398" s="2" t="s">
-        <v>480</v>
+        <v>64</v>
       </c>
       <c r="E398" s="2" t="s">
-        <v>1993</v>
+        <v>2006</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>1994</v>
+        <v>2007</v>
       </c>
       <c r="G398" s="2" t="s">
-        <v>1995</v>
+        <v>2008</v>
       </c>
       <c r="H398" s="2" t="s">
-        <v>1968</v>
+        <v>2009</v>
       </c>
       <c r="I398" s="2" t="s">
-        <v>1963</v>
+        <v>2004</v>
       </c>
       <c r="J398" s="2" t="s">
-        <v>1960</v>
-[...1 lines deleted...]
-      <c r="K398" s="2"/>
+        <v>626</v>
+      </c>
+      <c r="K398" s="2" t="s">
+        <v>2010</v>
+      </c>
       <c r="L398" s="2" t="s">
-        <v>1969</v>
+        <v>2011</v>
       </c>
       <c r="M398" s="2"/>
       <c r="N398" s="2" t="s">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="O398" s="2"/>
     </row>
     <row r="399" spans="1:15">
       <c r="A399" s="2">
-        <v>582</v>
+        <v>555</v>
       </c>
       <c r="B399" s="2" t="s">
-        <v>2000</v>
+        <v>416</v>
       </c>
       <c r="C399" s="2" t="s">
-        <v>2001</v>
+        <v>2013</v>
       </c>
       <c r="D399" s="2" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="E399" s="2" t="s">
-        <v>2002</v>
+        <v>2014</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>2003</v>
+        <v>2015</v>
       </c>
       <c r="G399" s="2" t="s">
-        <v>2004</v>
+        <v>2016</v>
       </c>
       <c r="H399" s="2" t="s">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="I399" s="2" t="s">
-        <v>2000</v>
+        <v>416</v>
       </c>
       <c r="J399" s="2" t="s">
-        <v>101</v>
+        <v>626</v>
       </c>
       <c r="K399" s="2" t="s">
-        <v>2006</v>
+        <v>2018</v>
       </c>
       <c r="L399" s="2" t="s">
-        <v>2007</v>
+        <v>1999</v>
       </c>
       <c r="M399" s="2"/>
       <c r="N399" s="2" t="s">
-        <v>2008</v>
+        <v>1959</v>
       </c>
       <c r="O399" s="2"/>
     </row>
     <row r="400" spans="1:15">
       <c r="A400" s="2">
-        <v>583</v>
+        <v>556</v>
       </c>
       <c r="B400" s="2" t="s">
-        <v>34</v>
+        <v>2004</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>2009</v>
+        <v>2019</v>
       </c>
       <c r="D400" s="2" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="E400" s="2" t="s">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="G400" s="2" t="s">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="H400" s="2" t="s">
-        <v>2005</v>
+        <v>2023</v>
       </c>
       <c r="I400" s="2" t="s">
-        <v>34</v>
+        <v>2004</v>
       </c>
       <c r="J400" s="2" t="s">
-        <v>101</v>
+        <v>626</v>
       </c>
       <c r="K400" s="2" t="s">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="L400" s="2" t="s">
-        <v>2007</v>
+        <v>1999</v>
       </c>
       <c r="M400" s="2"/>
       <c r="N400" s="2" t="s">
-        <v>2014</v>
+        <v>2025</v>
       </c>
       <c r="O400" s="2"/>
     </row>
     <row r="401" spans="1:15">
       <c r="A401" s="2">
-        <v>584</v>
+        <v>557</v>
       </c>
       <c r="B401" s="2" t="s">
-        <v>2015</v>
+        <v>2026</v>
       </c>
       <c r="C401" s="2" t="s">
-        <v>2016</v>
+        <v>2027</v>
       </c>
       <c r="D401" s="2" t="s">
-        <v>1495</v>
+        <v>64</v>
       </c>
       <c r="E401" s="2" t="s">
-        <v>2017</v>
+        <v>2028</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>1497</v>
+        <v>714</v>
       </c>
       <c r="G401" s="2" t="s">
-        <v>1498</v>
+        <v>715</v>
       </c>
       <c r="H401" s="2" t="s">
-        <v>2018</v>
+        <v>2029</v>
       </c>
       <c r="I401" s="2" t="s">
-        <v>2015</v>
+        <v>2026</v>
       </c>
       <c r="J401" s="2" t="s">
-        <v>101</v>
+        <v>626</v>
       </c>
       <c r="K401" s="2" t="s">
-        <v>2019</v>
+        <v>2030</v>
       </c>
       <c r="L401" s="2" t="s">
-        <v>1501</v>
+        <v>1999</v>
       </c>
       <c r="M401" s="2"/>
       <c r="N401" s="2" t="s">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="O401" s="2"/>
     </row>
     <row r="402" spans="1:15">
       <c r="A402" s="2">
-        <v>585</v>
+        <v>558</v>
       </c>
       <c r="B402" s="2" t="s">
-        <v>1963</v>
+        <v>2004</v>
       </c>
       <c r="C402" s="2" t="s">
-        <v>1964</v>
+        <v>2031</v>
       </c>
       <c r="D402" s="2" t="s">
-        <v>480</v>
+        <v>64</v>
       </c>
       <c r="E402" s="2" t="s">
-        <v>1965</v>
+        <v>2032</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>1966</v>
+        <v>2033</v>
       </c>
       <c r="G402" s="2" t="s">
-        <v>1967</v>
+        <v>2034</v>
       </c>
       <c r="H402" s="2" t="s">
-        <v>1968</v>
+        <v>2035</v>
       </c>
       <c r="I402" s="2" t="s">
-        <v>1963</v>
+        <v>2004</v>
       </c>
       <c r="J402" s="2" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="K402" s="2"/>
+        <v>626</v>
+      </c>
+      <c r="K402" s="2" t="s">
+        <v>2036</v>
+      </c>
       <c r="L402" s="2" t="s">
-        <v>1969</v>
+        <v>1999</v>
       </c>
       <c r="M402" s="2"/>
       <c r="N402" s="2" t="s">
-        <v>1972</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="O402" s="2"/>
     </row>
     <row r="403" spans="1:15">
       <c r="A403" s="2">
-        <v>586</v>
+        <v>559</v>
       </c>
       <c r="B403" s="2" t="s">
-        <v>1963</v>
+        <v>2004</v>
       </c>
       <c r="C403" s="2" t="s">
-        <v>1964</v>
+        <v>2037</v>
       </c>
       <c r="D403" s="2" t="s">
-        <v>480</v>
+        <v>64</v>
       </c>
       <c r="E403" s="2" t="s">
-        <v>1965</v>
+        <v>2038</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>1966</v>
+        <v>66</v>
       </c>
       <c r="G403" s="2" t="s">
-        <v>1967</v>
+        <v>67</v>
       </c>
       <c r="H403" s="2" t="s">
-        <v>1968</v>
+        <v>2039</v>
       </c>
       <c r="I403" s="2" t="s">
-        <v>1963</v>
+        <v>2004</v>
       </c>
       <c r="J403" s="2" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="K403" s="2"/>
+        <v>626</v>
+      </c>
+      <c r="K403" s="2" t="s">
+        <v>2040</v>
+      </c>
       <c r="L403" s="2" t="s">
-        <v>1969</v>
+        <v>2011</v>
       </c>
       <c r="M403" s="2"/>
       <c r="N403" s="2" t="s">
-        <v>1972</v>
-[...3 lines deleted...]
-      </c>
+        <v>2041</v>
+      </c>
+      <c r="O403" s="2"/>
     </row>
     <row r="404" spans="1:15">
       <c r="A404" s="2">
-        <v>587</v>
+        <v>560</v>
       </c>
       <c r="B404" s="2" t="s">
-        <v>1963</v>
+        <v>283</v>
       </c>
       <c r="C404" s="2" t="s">
-        <v>1964</v>
+        <v>2042</v>
       </c>
       <c r="D404" s="2" t="s">
-        <v>480</v>
+        <v>64</v>
       </c>
       <c r="E404" s="2" t="s">
-        <v>1965</v>
+        <v>2043</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>1966</v>
+        <v>703</v>
       </c>
       <c r="G404" s="2" t="s">
-        <v>1967</v>
+        <v>704</v>
       </c>
       <c r="H404" s="2" t="s">
-        <v>1968</v>
+        <v>2044</v>
       </c>
       <c r="I404" s="2" t="s">
-        <v>1963</v>
+        <v>283</v>
       </c>
       <c r="J404" s="2" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="K404" s="2"/>
+        <v>626</v>
+      </c>
+      <c r="K404" s="2" t="s">
+        <v>2045</v>
+      </c>
       <c r="L404" s="2" t="s">
-        <v>1969</v>
+        <v>2011</v>
       </c>
       <c r="M404" s="2"/>
       <c r="N404" s="2" t="s">
-        <v>1974</v>
-[...3 lines deleted...]
-      </c>
+        <v>2046</v>
+      </c>
+      <c r="O404" s="2"/>
     </row>
     <row r="405" spans="1:15">
       <c r="A405" s="2">
-        <v>588</v>
+        <v>561</v>
       </c>
       <c r="B405" s="2" t="s">
-        <v>1963</v>
+        <v>2004</v>
       </c>
       <c r="C405" s="2" t="s">
-        <v>1976</v>
+        <v>2047</v>
       </c>
       <c r="D405" s="2" t="s">
-        <v>480</v>
+        <v>64</v>
       </c>
       <c r="E405" s="2" t="s">
-        <v>1977</v>
+        <v>2048</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>1978</v>
+        <v>387</v>
       </c>
       <c r="G405" s="2" t="s">
-        <v>1979</v>
+        <v>388</v>
       </c>
       <c r="H405" s="2" t="s">
-        <v>1968</v>
+        <v>2049</v>
       </c>
       <c r="I405" s="2" t="s">
-        <v>1963</v>
+        <v>2004</v>
       </c>
       <c r="J405" s="2" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="K405" s="2"/>
+        <v>626</v>
+      </c>
+      <c r="K405" s="2" t="s">
+        <v>2050</v>
+      </c>
       <c r="L405" s="2" t="s">
-        <v>1969</v>
+        <v>2011</v>
       </c>
       <c r="M405" s="2"/>
       <c r="N405" s="2" t="s">
-        <v>1982</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="O405" s="2"/>
     </row>
     <row r="406" spans="1:15">
       <c r="A406" s="2">
-        <v>589</v>
+        <v>562</v>
       </c>
       <c r="B406" s="2" t="s">
-        <v>1963</v>
+        <v>2004</v>
       </c>
       <c r="C406" s="2" t="s">
-        <v>1984</v>
+        <v>2051</v>
       </c>
       <c r="D406" s="2" t="s">
-        <v>480</v>
+        <v>64</v>
       </c>
       <c r="E406" s="2" t="s">
-        <v>1985</v>
+        <v>2052</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>1986</v>
+        <v>681</v>
       </c>
       <c r="G406" s="2" t="s">
-        <v>1987</v>
+        <v>682</v>
       </c>
       <c r="H406" s="2" t="s">
-        <v>1968</v>
+        <v>2053</v>
       </c>
       <c r="I406" s="2" t="s">
-        <v>1963</v>
+        <v>2004</v>
       </c>
       <c r="J406" s="2" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="K406" s="2"/>
+        <v>626</v>
+      </c>
+      <c r="K406" s="2" t="s">
+        <v>2054</v>
+      </c>
       <c r="L406" s="2" t="s">
-        <v>1969</v>
+        <v>2011</v>
       </c>
       <c r="M406" s="2"/>
       <c r="N406" s="2" t="s">
-        <v>1988</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="O406" s="2"/>
     </row>
     <row r="407" spans="1:15">
       <c r="A407" s="2">
-        <v>590</v>
+        <v>563</v>
       </c>
       <c r="B407" s="2" t="s">
-        <v>1963</v>
+        <v>2004</v>
       </c>
       <c r="C407" s="2" t="s">
-        <v>1992</v>
+        <v>2055</v>
       </c>
       <c r="D407" s="2" t="s">
-        <v>480</v>
+        <v>64</v>
       </c>
       <c r="E407" s="2" t="s">
-        <v>1993</v>
+        <v>2056</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>1994</v>
+        <v>2057</v>
       </c>
       <c r="G407" s="2" t="s">
-        <v>1995</v>
+        <v>2058</v>
       </c>
       <c r="H407" s="2" t="s">
-        <v>1968</v>
+        <v>2059</v>
       </c>
       <c r="I407" s="2" t="s">
-        <v>1963</v>
+        <v>2004</v>
       </c>
       <c r="J407" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="K407" s="2"/>
+      <c r="K407" s="2" t="s">
+        <v>2060</v>
+      </c>
       <c r="L407" s="2" t="s">
-        <v>1969</v>
+        <v>1999</v>
       </c>
       <c r="M407" s="2"/>
       <c r="N407" s="2" t="s">
-        <v>1996</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="O407" s="2"/>
     </row>
     <row r="408" spans="1:15">
       <c r="A408" s="2">
-        <v>592</v>
+        <v>564</v>
       </c>
       <c r="B408" s="2" t="s">
-        <v>1963</v>
+        <v>2061</v>
       </c>
       <c r="C408" s="2" t="s">
-        <v>2021</v>
+        <v>2062</v>
       </c>
       <c r="D408" s="2" t="s">
-        <v>40</v>
+        <v>329</v>
       </c>
       <c r="E408" s="2" t="s">
-        <v>2022</v>
+        <v>2063</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>2023</v>
+        <v>797</v>
       </c>
       <c r="G408" s="2" t="s">
-        <v>2024</v>
+        <v>798</v>
       </c>
       <c r="H408" s="2" t="s">
-        <v>2025</v>
+        <v>799</v>
       </c>
       <c r="I408" s="2" t="s">
-        <v>1963</v>
+        <v>422</v>
       </c>
       <c r="J408" s="2" t="s">
-        <v>101</v>
+        <v>2064</v>
       </c>
       <c r="K408" s="2" t="s">
-        <v>2026</v>
+        <v>2065</v>
       </c>
       <c r="L408" s="2" t="s">
-        <v>2027</v>
+        <v>2066</v>
       </c>
       <c r="M408" s="2"/>
       <c r="N408" s="2" t="s">
-        <v>2028</v>
+        <v>2067</v>
       </c>
       <c r="O408" s="2"/>
     </row>
     <row r="409" spans="1:15">
       <c r="A409" s="2">
-        <v>593</v>
+        <v>565</v>
       </c>
       <c r="B409" s="2" t="s">
-        <v>1963</v>
+        <v>2004</v>
       </c>
       <c r="C409" s="2" t="s">
-        <v>2029</v>
+        <v>2068</v>
       </c>
       <c r="D409" s="2" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="E409" s="2" t="s">
-        <v>2022</v>
+        <v>2069</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>1407</v>
+        <v>709</v>
       </c>
       <c r="G409" s="2" t="s">
-        <v>1408</v>
+        <v>710</v>
       </c>
       <c r="H409" s="2" t="s">
-        <v>2025</v>
+        <v>2070</v>
       </c>
       <c r="I409" s="2" t="s">
-        <v>1963</v>
+        <v>2004</v>
       </c>
       <c r="J409" s="2" t="s">
-        <v>101</v>
+        <v>626</v>
       </c>
       <c r="K409" s="2" t="s">
-        <v>2030</v>
+        <v>2071</v>
       </c>
       <c r="L409" s="2" t="s">
-        <v>2027</v>
+        <v>1999</v>
       </c>
       <c r="M409" s="2"/>
       <c r="N409" s="2" t="s">
-        <v>2031</v>
+        <v>2025</v>
       </c>
       <c r="O409" s="2"/>
     </row>
     <row r="410" spans="1:15">
       <c r="A410" s="2">
-        <v>594</v>
+        <v>566</v>
       </c>
       <c r="B410" s="2" t="s">
-        <v>1963</v>
+        <v>2072</v>
       </c>
       <c r="C410" s="2" t="s">
-        <v>2032</v>
+        <v>2073</v>
       </c>
       <c r="D410" s="2" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="E410" s="2" t="s">
-        <v>2033</v>
+        <v>2074</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>2034</v>
+        <v>2075</v>
       </c>
       <c r="G410" s="2" t="s">
-        <v>2035</v>
+        <v>2076</v>
       </c>
       <c r="H410" s="2" t="s">
-        <v>2025</v>
+        <v>2077</v>
       </c>
       <c r="I410" s="2" t="s">
-        <v>1963</v>
+        <v>2072</v>
       </c>
       <c r="J410" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K410" s="2" t="s">
-        <v>2030</v>
+        <v>2078</v>
       </c>
       <c r="L410" s="2" t="s">
-        <v>2027</v>
+        <v>2079</v>
       </c>
       <c r="M410" s="2"/>
       <c r="N410" s="2" t="s">
-        <v>2036</v>
+        <v>2080</v>
       </c>
       <c r="O410" s="2"/>
     </row>
     <row r="411" spans="1:15">
       <c r="A411" s="2">
-        <v>595</v>
+        <v>567</v>
       </c>
       <c r="B411" s="2" t="s">
-        <v>1963</v>
+        <v>2072</v>
       </c>
       <c r="C411" s="2" t="s">
-        <v>2037</v>
+        <v>2073</v>
       </c>
       <c r="D411" s="2" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="E411" s="2" t="s">
-        <v>2022</v>
+        <v>2074</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>2038</v>
+        <v>2075</v>
       </c>
       <c r="G411" s="2" t="s">
-        <v>2039</v>
+        <v>2076</v>
       </c>
       <c r="H411" s="2" t="s">
-        <v>2025</v>
+        <v>2077</v>
       </c>
       <c r="I411" s="2" t="s">
-        <v>1963</v>
+        <v>2072</v>
       </c>
       <c r="J411" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K411" s="2" t="s">
-        <v>2030</v>
+        <v>2081</v>
       </c>
       <c r="L411" s="2" t="s">
-        <v>2027</v>
+        <v>2079</v>
       </c>
       <c r="M411" s="2"/>
       <c r="N411" s="2" t="s">
-        <v>2040</v>
+        <v>2082</v>
       </c>
       <c r="O411" s="2"/>
     </row>
     <row r="412" spans="1:15">
       <c r="A412" s="2">
-        <v>596</v>
+        <v>568</v>
       </c>
       <c r="B412" s="2" t="s">
-        <v>1963</v>
+        <v>2061</v>
       </c>
       <c r="C412" s="2" t="s">
-        <v>2041</v>
+        <v>2083</v>
       </c>
       <c r="D412" s="2" t="s">
-        <v>159</v>
+        <v>329</v>
       </c>
       <c r="E412" s="2" t="s">
-        <v>2042</v>
+        <v>2084</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>2043</v>
+        <v>2085</v>
       </c>
       <c r="G412" s="2" t="s">
-        <v>2044</v>
+        <v>2086</v>
       </c>
       <c r="H412" s="2" t="s">
-        <v>2045</v>
+        <v>2087</v>
       </c>
       <c r="I412" s="2" t="s">
-        <v>1963</v>
+        <v>141</v>
       </c>
       <c r="J412" s="2" t="s">
-        <v>101</v>
+        <v>45</v>
       </c>
       <c r="K412" s="2" t="s">
-        <v>2046</v>
+        <v>2065</v>
       </c>
       <c r="L412" s="2" t="s">
-        <v>2047</v>
+        <v>2066</v>
       </c>
       <c r="M412" s="2"/>
       <c r="N412" s="2" t="s">
-        <v>2048</v>
+        <v>2088</v>
       </c>
       <c r="O412" s="2"/>
     </row>
     <row r="413" spans="1:15">
       <c r="A413" s="2">
-        <v>597</v>
+        <v>569</v>
       </c>
       <c r="B413" s="2" t="s">
-        <v>1963</v>
+        <v>2061</v>
       </c>
       <c r="C413" s="2" t="s">
-        <v>2049</v>
+        <v>2089</v>
       </c>
       <c r="D413" s="2" t="s">
-        <v>159</v>
+        <v>329</v>
       </c>
       <c r="E413" s="2" t="s">
-        <v>2050</v>
+        <v>2090</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>2051</v>
+        <v>786</v>
       </c>
       <c r="G413" s="2" t="s">
-        <v>2052</v>
+        <v>787</v>
       </c>
       <c r="H413" s="2" t="s">
-        <v>2053</v>
+        <v>2091</v>
       </c>
       <c r="I413" s="2" t="s">
-        <v>2054</v>
+        <v>149</v>
       </c>
       <c r="J413" s="2" t="s">
-        <v>2055</v>
+        <v>209</v>
       </c>
       <c r="K413" s="2" t="s">
-        <v>2056</v>
+        <v>2065</v>
       </c>
       <c r="L413" s="2" t="s">
-        <v>2057</v>
+        <v>2066</v>
       </c>
       <c r="M413" s="2"/>
       <c r="N413" s="2" t="s">
-        <v>2058</v>
+        <v>2088</v>
       </c>
       <c r="O413" s="2"/>
     </row>
     <row r="414" spans="1:15">
       <c r="A414" s="2">
-        <v>598</v>
+        <v>570</v>
       </c>
       <c r="B414" s="2" t="s">
-        <v>1963</v>
+        <v>2061</v>
       </c>
       <c r="C414" s="2" t="s">
-        <v>2059</v>
+        <v>2092</v>
       </c>
       <c r="D414" s="2" t="s">
-        <v>159</v>
+        <v>329</v>
       </c>
       <c r="E414" s="2" t="s">
-        <v>2060</v>
+        <v>2093</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>2061</v>
+        <v>775</v>
       </c>
       <c r="G414" s="2" t="s">
-        <v>2062</v>
+        <v>776</v>
       </c>
       <c r="H414" s="2" t="s">
-        <v>2063</v>
+        <v>2094</v>
       </c>
       <c r="I414" s="2" t="s">
-        <v>2064</v>
+        <v>660</v>
       </c>
       <c r="J414" s="2" t="s">
+        <v>2095</v>
+      </c>
+      <c r="K414" s="2" t="s">
         <v>2065</v>
       </c>
-      <c r="K414" s="2" t="s">
+      <c r="L414" s="2" t="s">
         <v>2066</v>
       </c>
-      <c r="L414" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M414" s="2"/>
-      <c r="N414" s="2"/>
+      <c r="N414" s="2" t="s">
+        <v>2096</v>
+      </c>
       <c r="O414" s="2"/>
     </row>
     <row r="415" spans="1:15">
       <c r="A415" s="2">
-        <v>599</v>
+        <v>571</v>
       </c>
       <c r="B415" s="2" t="s">
-        <v>1963</v>
+        <v>2004</v>
       </c>
       <c r="C415" s="2" t="s">
-        <v>2067</v>
+        <v>2097</v>
       </c>
       <c r="D415" s="2" t="s">
-        <v>159</v>
+        <v>329</v>
       </c>
       <c r="E415" s="2" t="s">
-        <v>2068</v>
+        <v>2098</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>2069</v>
+        <v>2099</v>
       </c>
       <c r="G415" s="2" t="s">
-        <v>2070</v>
+        <v>2100</v>
       </c>
       <c r="H415" s="2" t="s">
-        <v>2071</v>
+        <v>852</v>
       </c>
       <c r="I415" s="2" t="s">
-        <v>2072</v>
+        <v>2101</v>
       </c>
       <c r="J415" s="2" t="s">
-        <v>2073</v>
+        <v>2102</v>
       </c>
       <c r="K415" s="2" t="s">
-        <v>2074</v>
+        <v>2103</v>
       </c>
       <c r="L415" s="2" t="s">
-        <v>2057</v>
+        <v>2066</v>
       </c>
       <c r="M415" s="2"/>
-      <c r="N415" s="2"/>
+      <c r="N415" s="2" t="s">
+        <v>2104</v>
+      </c>
       <c r="O415" s="2"/>
     </row>
     <row r="416" spans="1:15">
       <c r="A416" s="2">
-        <v>600</v>
+        <v>572</v>
       </c>
       <c r="B416" s="2" t="s">
-        <v>1963</v>
+        <v>2105</v>
       </c>
       <c r="C416" s="2" t="s">
-        <v>2075</v>
+        <v>2106</v>
       </c>
       <c r="D416" s="2" t="s">
-        <v>159</v>
+        <v>480</v>
       </c>
       <c r="E416" s="2" t="s">
-        <v>2076</v>
+        <v>2107</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>2077</v>
+        <v>2108</v>
       </c>
       <c r="G416" s="2" t="s">
-        <v>2078</v>
+        <v>2109</v>
       </c>
       <c r="H416" s="2" t="s">
-        <v>2079</v>
+        <v>2110</v>
       </c>
       <c r="I416" s="2" t="s">
-        <v>276</v>
+        <v>2105</v>
       </c>
       <c r="J416" s="2" t="s">
-        <v>2080</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="K416" s="2"/>
       <c r="L416" s="2" t="s">
-        <v>2057</v>
+        <v>2111</v>
       </c>
       <c r="M416" s="2"/>
-      <c r="N416" s="2"/>
-      <c r="O416" s="2"/>
+      <c r="N416" s="2" t="s">
+        <v>2112</v>
+      </c>
+      <c r="O416" s="2" t="s">
+        <v>2113</v>
+      </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417" s="2">
-        <v>601</v>
+        <v>573</v>
       </c>
       <c r="B417" s="2" t="s">
-        <v>2082</v>
+        <v>2105</v>
       </c>
       <c r="C417" s="2" t="s">
-        <v>2083</v>
+        <v>2106</v>
       </c>
       <c r="D417" s="2" t="s">
-        <v>48</v>
+        <v>480</v>
       </c>
       <c r="E417" s="2" t="s">
-        <v>2084</v>
+        <v>2107</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>2085</v>
+        <v>2108</v>
       </c>
       <c r="G417" s="2" t="s">
-        <v>2086</v>
+        <v>2109</v>
       </c>
       <c r="H417" s="2" t="s">
-        <v>2087</v>
+        <v>2110</v>
       </c>
       <c r="I417" s="2" t="s">
-        <v>2082</v>
+        <v>2105</v>
       </c>
       <c r="J417" s="2" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="K417" s="2"/>
       <c r="L417" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>2111</v>
+      </c>
+      <c r="M417" s="2"/>
       <c r="N417" s="2" t="s">
-        <v>2089</v>
+        <v>2114</v>
       </c>
       <c r="O417" s="2" t="s">
-        <v>2090</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418" s="2">
-        <v>602</v>
+        <v>574</v>
       </c>
       <c r="B418" s="2" t="s">
-        <v>2082</v>
+        <v>2105</v>
       </c>
       <c r="C418" s="2" t="s">
-        <v>2091</v>
+        <v>2106</v>
       </c>
       <c r="D418" s="2" t="s">
         <v>480</v>
       </c>
       <c r="E418" s="2" t="s">
-        <v>2092</v>
+        <v>2107</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="G418" s="2" t="s">
-        <v>2094</v>
+        <v>2109</v>
       </c>
       <c r="H418" s="2" t="s">
-        <v>2095</v>
+        <v>2110</v>
       </c>
       <c r="I418" s="2" t="s">
-        <v>2082</v>
-[...4 lines deleted...]
-      </c>
+        <v>2105</v>
+      </c>
+      <c r="J418" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K418" s="2"/>
       <c r="L418" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>2111</v>
+      </c>
+      <c r="M418" s="2"/>
       <c r="N418" s="2" t="s">
-        <v>2096</v>
+        <v>2116</v>
       </c>
       <c r="O418" s="2" t="s">
-        <v>2090</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419" s="2">
-        <v>603</v>
+        <v>575</v>
       </c>
       <c r="B419" s="2" t="s">
-        <v>2082</v>
+        <v>2105</v>
       </c>
       <c r="C419" s="2" t="s">
-        <v>2097</v>
+        <v>2118</v>
       </c>
       <c r="D419" s="2" t="s">
-        <v>48</v>
+        <v>480</v>
       </c>
       <c r="E419" s="2" t="s">
-        <v>2098</v>
+        <v>2119</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>2099</v>
+        <v>2120</v>
       </c>
       <c r="G419" s="2" t="s">
-        <v>2100</v>
+        <v>2121</v>
       </c>
       <c r="H419" s="2" t="s">
-        <v>2087</v>
+        <v>2110</v>
       </c>
       <c r="I419" s="2" t="s">
-        <v>2082</v>
+        <v>2105</v>
       </c>
       <c r="J419" s="2" t="s">
-        <v>2101</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="K419" s="2"/>
       <c r="L419" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>2111</v>
+      </c>
+      <c r="M419" s="2"/>
       <c r="N419" s="2" t="s">
-        <v>2102</v>
+        <v>2122</v>
       </c>
       <c r="O419" s="2" t="s">
-        <v>2090</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420" s="2">
-        <v>604</v>
+        <v>576</v>
       </c>
       <c r="B420" s="2" t="s">
-        <v>2082</v>
+        <v>2105</v>
       </c>
       <c r="C420" s="2" t="s">
-        <v>2103</v>
+        <v>2118</v>
       </c>
       <c r="D420" s="2" t="s">
-        <v>29</v>
+        <v>480</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>2104</v>
+        <v>2119</v>
       </c>
       <c r="F420" s="2" t="s">
+        <v>2120</v>
+      </c>
+      <c r="G420" s="2" t="s">
+        <v>2121</v>
+      </c>
+      <c r="H420" s="2" t="s">
+        <v>2110</v>
+      </c>
+      <c r="I420" s="2" t="s">
         <v>2105</v>
       </c>
-      <c r="G420" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J420" s="2" t="s">
-        <v>109</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="K420" s="2"/>
       <c r="L420" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>2111</v>
+      </c>
+      <c r="M420" s="2"/>
       <c r="N420" s="2" t="s">
-        <v>2108</v>
+        <v>2124</v>
       </c>
       <c r="O420" s="2" t="s">
-        <v>2090</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421" s="2">
-        <v>605</v>
+        <v>577</v>
       </c>
       <c r="B421" s="2" t="s">
-        <v>2082</v>
+        <v>2105</v>
       </c>
       <c r="C421" s="2" t="s">
-        <v>2109</v>
+        <v>2126</v>
       </c>
       <c r="D421" s="2" t="s">
-        <v>48</v>
+        <v>480</v>
       </c>
       <c r="E421" s="2" t="s">
+        <v>2127</v>
+      </c>
+      <c r="F421" s="2" t="s">
+        <v>2128</v>
+      </c>
+      <c r="G421" s="2" t="s">
+        <v>2129</v>
+      </c>
+      <c r="H421" s="2" t="s">
         <v>2110</v>
       </c>
-      <c r="F421" s="2" t="s">
+      <c r="I421" s="2" t="s">
+        <v>2105</v>
+      </c>
+      <c r="J421" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K421" s="2"/>
+      <c r="L421" s="2" t="s">
         <v>2111</v>
       </c>
-      <c r="G421" s="2" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="M421" s="2"/>
       <c r="N421" s="2" t="s">
-        <v>2114</v>
+        <v>2130</v>
       </c>
       <c r="O421" s="2" t="s">
-        <v>2090</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422" s="2">
-        <v>606</v>
+        <v>578</v>
       </c>
       <c r="B422" s="2" t="s">
-        <v>2082</v>
+        <v>2105</v>
       </c>
       <c r="C422" s="2" t="s">
-        <v>2115</v>
+        <v>2126</v>
       </c>
       <c r="D422" s="2" t="s">
-        <v>104</v>
+        <v>480</v>
       </c>
       <c r="E422" s="2" t="s">
-        <v>2116</v>
+        <v>2127</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>2117</v>
+        <v>2128</v>
       </c>
       <c r="G422" s="2" t="s">
-        <v>2118</v>
+        <v>2129</v>
       </c>
       <c r="H422" s="2" t="s">
-        <v>389</v>
+        <v>2110</v>
       </c>
       <c r="I422" s="2" t="s">
-        <v>2082</v>
+        <v>2105</v>
       </c>
       <c r="J422" s="2" t="s">
-        <v>2119</v>
-[...3 lines deleted...]
-      </c>
+        <v>2102</v>
+      </c>
+      <c r="K422" s="2"/>
       <c r="L422" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>2111</v>
+      </c>
+      <c r="M422" s="2"/>
       <c r="N422" s="2" t="s">
-        <v>2120</v>
+        <v>2132</v>
       </c>
       <c r="O422" s="2" t="s">
-        <v>2090</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423" s="2">
-        <v>607</v>
+        <v>579</v>
       </c>
       <c r="B423" s="2" t="s">
-        <v>2082</v>
+        <v>2105</v>
       </c>
       <c r="C423" s="2" t="s">
-        <v>2121</v>
+        <v>2134</v>
       </c>
       <c r="D423" s="2" t="s">
-        <v>73</v>
+        <v>480</v>
       </c>
       <c r="E423" s="2" t="s">
-        <v>2122</v>
+        <v>2135</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>2123</v>
+        <v>2136</v>
       </c>
       <c r="G423" s="2" t="s">
-        <v>2124</v>
+        <v>2137</v>
       </c>
       <c r="H423" s="2" t="s">
-        <v>315</v>
+        <v>2110</v>
       </c>
       <c r="I423" s="2" t="s">
-        <v>2082</v>
+        <v>2105</v>
       </c>
       <c r="J423" s="2" t="s">
-        <v>2125</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="K423" s="2"/>
       <c r="L423" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>2111</v>
+      </c>
+      <c r="M423" s="2"/>
       <c r="N423" s="2" t="s">
-        <v>2126</v>
+        <v>2138</v>
       </c>
       <c r="O423" s="2" t="s">
-        <v>2090</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424" s="2">
-        <v>608</v>
+        <v>580</v>
       </c>
       <c r="B424" s="2" t="s">
-        <v>2127</v>
+        <v>2105</v>
       </c>
       <c r="C424" s="2" t="s">
-        <v>2128</v>
+        <v>2134</v>
       </c>
       <c r="D424" s="2" t="s">
-        <v>29</v>
+        <v>480</v>
       </c>
       <c r="E424" s="2" t="s">
-        <v>2129</v>
+        <v>2135</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>1624</v>
+        <v>2136</v>
       </c>
       <c r="G424" s="2" t="s">
-        <v>1625</v>
+        <v>2137</v>
       </c>
       <c r="H424" s="2" t="s">
-        <v>2130</v>
+        <v>2110</v>
       </c>
       <c r="I424" s="2" t="s">
-        <v>2127</v>
+        <v>2105</v>
       </c>
       <c r="J424" s="2" t="s">
-        <v>2131</v>
-[...3 lines deleted...]
-      </c>
+        <v>2102</v>
+      </c>
+      <c r="K424" s="2"/>
       <c r="L424" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>2111</v>
+      </c>
+      <c r="M424" s="2"/>
       <c r="N424" s="2" t="s">
-        <v>2133</v>
+        <v>2140</v>
       </c>
       <c r="O424" s="2" t="s">
-        <v>2090</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425" s="2">
-        <v>609</v>
+        <v>582</v>
       </c>
       <c r="B425" s="2" t="s">
-        <v>2134</v>
+        <v>2142</v>
       </c>
       <c r="C425" s="2" t="s">
-        <v>1534</v>
+        <v>2143</v>
       </c>
       <c r="D425" s="2" t="s">
-        <v>29</v>
+        <v>89</v>
       </c>
       <c r="E425" s="2" t="s">
-        <v>1535</v>
+        <v>2144</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>1536</v>
+        <v>1824</v>
       </c>
       <c r="G425" s="2" t="s">
-        <v>1537</v>
+        <v>1825</v>
       </c>
       <c r="H425" s="2" t="s">
-        <v>1545</v>
+        <v>2145</v>
       </c>
       <c r="I425" s="2" t="s">
-        <v>2135</v>
+        <v>2142</v>
       </c>
       <c r="J425" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K425" s="2" t="s">
-        <v>2136</v>
+        <v>2146</v>
       </c>
       <c r="L425" s="2" t="s">
-        <v>1540</v>
-[...3 lines deleted...]
-      </c>
+        <v>1819</v>
+      </c>
+      <c r="M425" s="2"/>
       <c r="N425" s="2" t="s">
-        <v>2137</v>
-[...3 lines deleted...]
-      </c>
+        <v>2147</v>
+      </c>
+      <c r="O425" s="2"/>
     </row>
     <row r="426" spans="1:15">
       <c r="A426" s="2">
-        <v>610</v>
+        <v>583</v>
       </c>
       <c r="B426" s="2" t="s">
-        <v>2134</v>
+        <v>34</v>
       </c>
       <c r="C426" s="2" t="s">
-        <v>1542</v>
+        <v>2148</v>
       </c>
       <c r="D426" s="2" t="s">
-        <v>29</v>
+        <v>89</v>
       </c>
       <c r="E426" s="2" t="s">
-        <v>1535</v>
+        <v>2149</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>1543</v>
+        <v>1815</v>
       </c>
       <c r="G426" s="2" t="s">
-        <v>1544</v>
+        <v>1816</v>
       </c>
       <c r="H426" s="2" t="s">
-        <v>1545</v>
+        <v>2145</v>
       </c>
       <c r="I426" s="2" t="s">
-        <v>2135</v>
+        <v>34</v>
       </c>
       <c r="J426" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K426" s="2" t="s">
-        <v>2136</v>
+        <v>2150</v>
       </c>
       <c r="L426" s="2" t="s">
-        <v>1540</v>
-[...3 lines deleted...]
-      </c>
+        <v>1819</v>
+      </c>
+      <c r="M426" s="2"/>
       <c r="N426" s="2" t="s">
-        <v>2138</v>
-[...3 lines deleted...]
-      </c>
+        <v>2151</v>
+      </c>
+      <c r="O426" s="2"/>
     </row>
     <row r="427" spans="1:15">
       <c r="A427" s="2">
-        <v>611</v>
+        <v>584</v>
       </c>
       <c r="B427" s="2" t="s">
-        <v>2134</v>
+        <v>2152</v>
       </c>
       <c r="C427" s="2" t="s">
-        <v>1548</v>
+        <v>2153</v>
       </c>
       <c r="D427" s="2" t="s">
-        <v>29</v>
+        <v>1495</v>
       </c>
       <c r="E427" s="2" t="s">
-        <v>1549</v>
+        <v>2154</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>1550</v>
+        <v>1497</v>
       </c>
       <c r="G427" s="2" t="s">
-        <v>1551</v>
+        <v>1498</v>
       </c>
       <c r="H427" s="2" t="s">
-        <v>1545</v>
+        <v>2155</v>
       </c>
       <c r="I427" s="2" t="s">
-        <v>2135</v>
+        <v>2152</v>
       </c>
       <c r="J427" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K427" s="2" t="s">
-        <v>2136</v>
+        <v>2156</v>
       </c>
       <c r="L427" s="2" t="s">
-        <v>1540</v>
-[...3 lines deleted...]
-      </c>
+        <v>1501</v>
+      </c>
+      <c r="M427" s="2"/>
       <c r="N427" s="2" t="s">
-        <v>2139</v>
-[...3 lines deleted...]
-      </c>
+        <v>2157</v>
+      </c>
+      <c r="O427" s="2"/>
     </row>
     <row r="428" spans="1:15">
       <c r="A428" s="2">
-        <v>612</v>
+        <v>585</v>
       </c>
       <c r="B428" s="2" t="s">
-        <v>2134</v>
+        <v>2105</v>
       </c>
       <c r="C428" s="2" t="s">
-        <v>1559</v>
+        <v>2106</v>
       </c>
       <c r="D428" s="2" t="s">
-        <v>29</v>
+        <v>480</v>
       </c>
       <c r="E428" s="2" t="s">
-        <v>2140</v>
+        <v>2107</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>1561</v>
+        <v>2108</v>
       </c>
       <c r="G428" s="2" t="s">
-        <v>1562</v>
+        <v>2109</v>
       </c>
       <c r="H428" s="2" t="s">
-        <v>1545</v>
+        <v>2110</v>
       </c>
       <c r="I428" s="2" t="s">
-        <v>2135</v>
+        <v>2105</v>
       </c>
       <c r="J428" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="K428" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K428" s="2"/>
       <c r="L428" s="2" t="s">
-        <v>1540</v>
-[...3 lines deleted...]
-      </c>
+        <v>2111</v>
+      </c>
+      <c r="M428" s="2"/>
       <c r="N428" s="2" t="s">
-        <v>2141</v>
+        <v>2114</v>
       </c>
       <c r="O428" s="2" t="s">
-        <v>1279</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429" s="2">
-        <v>613</v>
+        <v>586</v>
       </c>
       <c r="B429" s="2" t="s">
-        <v>2134</v>
+        <v>2105</v>
       </c>
       <c r="C429" s="2" t="s">
-        <v>1564</v>
+        <v>2106</v>
       </c>
       <c r="D429" s="2" t="s">
-        <v>29</v>
+        <v>480</v>
       </c>
       <c r="E429" s="2" t="s">
-        <v>1565</v>
+        <v>2107</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>1191</v>
+        <v>2108</v>
       </c>
       <c r="G429" s="2" t="s">
-        <v>1192</v>
+        <v>2109</v>
       </c>
       <c r="H429" s="2" t="s">
-        <v>1545</v>
+        <v>2110</v>
       </c>
       <c r="I429" s="2" t="s">
-        <v>2135</v>
+        <v>2105</v>
       </c>
       <c r="J429" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="K429" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K429" s="2"/>
       <c r="L429" s="2" t="s">
-        <v>1540</v>
-[...3 lines deleted...]
-      </c>
+        <v>2111</v>
+      </c>
+      <c r="M429" s="2"/>
       <c r="N429" s="2" t="s">
-        <v>2142</v>
+        <v>2114</v>
       </c>
       <c r="O429" s="2" t="s">
-        <v>1279</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430" s="2">
-        <v>614</v>
+        <v>587</v>
       </c>
       <c r="B430" s="2" t="s">
-        <v>2134</v>
+        <v>2105</v>
       </c>
       <c r="C430" s="2" t="s">
-        <v>2143</v>
+        <v>2106</v>
       </c>
       <c r="D430" s="2" t="s">
-        <v>29</v>
+        <v>480</v>
       </c>
       <c r="E430" s="2" t="s">
-        <v>2144</v>
+        <v>2107</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>1555</v>
+        <v>2108</v>
       </c>
       <c r="G430" s="2" t="s">
-        <v>1556</v>
+        <v>2109</v>
       </c>
       <c r="H430" s="2" t="s">
-        <v>1545</v>
+        <v>2110</v>
       </c>
       <c r="I430" s="2" t="s">
-        <v>2135</v>
+        <v>2105</v>
       </c>
       <c r="J430" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="K430" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K430" s="2"/>
       <c r="L430" s="2" t="s">
-        <v>1540</v>
-[...3 lines deleted...]
-      </c>
+        <v>2111</v>
+      </c>
+      <c r="M430" s="2"/>
       <c r="N430" s="2" t="s">
-        <v>2146</v>
+        <v>2116</v>
       </c>
       <c r="O430" s="2" t="s">
-        <v>1279</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431" s="2">
-        <v>615</v>
+        <v>588</v>
       </c>
       <c r="B431" s="2" t="s">
-        <v>2134</v>
+        <v>2105</v>
       </c>
       <c r="C431" s="2" t="s">
-        <v>1564</v>
+        <v>2118</v>
       </c>
       <c r="D431" s="2" t="s">
-        <v>29</v>
+        <v>480</v>
       </c>
       <c r="E431" s="2" t="s">
-        <v>2147</v>
+        <v>2119</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>1191</v>
+        <v>2120</v>
       </c>
       <c r="G431" s="2" t="s">
-        <v>1192</v>
+        <v>2121</v>
       </c>
       <c r="H431" s="2" t="s">
-        <v>1545</v>
+        <v>2110</v>
       </c>
       <c r="I431" s="2" t="s">
-        <v>2148</v>
+        <v>2105</v>
       </c>
       <c r="J431" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="K431" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K431" s="2"/>
       <c r="L431" s="2" t="s">
-        <v>1540</v>
-[...3 lines deleted...]
-      </c>
+        <v>2111</v>
+      </c>
+      <c r="M431" s="2"/>
       <c r="N431" s="2" t="s">
-        <v>2150</v>
+        <v>2124</v>
       </c>
       <c r="O431" s="2" t="s">
-        <v>1279</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432" s="2">
-        <v>616</v>
+        <v>589</v>
       </c>
       <c r="B432" s="2" t="s">
-        <v>2134</v>
+        <v>2105</v>
       </c>
       <c r="C432" s="2" t="s">
-        <v>2151</v>
+        <v>2126</v>
       </c>
       <c r="D432" s="2" t="s">
-        <v>29</v>
+        <v>480</v>
       </c>
       <c r="E432" s="2" t="s">
-        <v>2152</v>
+        <v>2127</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>1146</v>
+        <v>2128</v>
       </c>
       <c r="G432" s="2" t="s">
-        <v>1147</v>
+        <v>2129</v>
       </c>
       <c r="H432" s="2" t="s">
-        <v>2153</v>
+        <v>2110</v>
       </c>
       <c r="I432" s="2" t="s">
-        <v>2135</v>
+        <v>2105</v>
       </c>
       <c r="J432" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="K432" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K432" s="2"/>
       <c r="L432" s="2" t="s">
-        <v>1540</v>
-[...3 lines deleted...]
-      </c>
+        <v>2111</v>
+      </c>
+      <c r="M432" s="2"/>
       <c r="N432" s="2" t="s">
-        <v>2155</v>
+        <v>2130</v>
       </c>
       <c r="O432" s="2" t="s">
-        <v>1279</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433" s="2">
-        <v>617</v>
+        <v>590</v>
       </c>
       <c r="B433" s="2" t="s">
+        <v>2105</v>
+      </c>
+      <c r="C433" s="2" t="s">
         <v>2134</v>
       </c>
-      <c r="C433" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D433" s="2" t="s">
-        <v>29</v>
+        <v>480</v>
       </c>
       <c r="E433" s="2" t="s">
-        <v>2156</v>
+        <v>2135</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>1230</v>
+        <v>2136</v>
       </c>
       <c r="G433" s="2" t="s">
-        <v>1231</v>
+        <v>2137</v>
       </c>
       <c r="H433" s="2" t="s">
-        <v>1578</v>
+        <v>2110</v>
       </c>
       <c r="I433" s="2" t="s">
-        <v>2135</v>
+        <v>2105</v>
       </c>
       <c r="J433" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="K433" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K433" s="2"/>
       <c r="L433" s="2" t="s">
-        <v>1540</v>
-[...3 lines deleted...]
-      </c>
+        <v>2111</v>
+      </c>
+      <c r="M433" s="2"/>
       <c r="N433" s="2" t="s">
-        <v>2157</v>
+        <v>2138</v>
       </c>
       <c r="O433" s="2" t="s">
-        <v>1279</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434" s="2">
-        <v>618</v>
+        <v>592</v>
       </c>
       <c r="B434" s="2" t="s">
-        <v>2134</v>
+        <v>2105</v>
       </c>
       <c r="C434" s="2" t="s">
         <v>2158</v>
       </c>
       <c r="D434" s="2" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="E434" s="2" t="s">
         <v>2159</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>1555</v>
+        <v>2160</v>
       </c>
       <c r="G434" s="2" t="s">
-        <v>1556</v>
+        <v>2161</v>
       </c>
       <c r="H434" s="2" t="s">
-        <v>1545</v>
+        <v>2162</v>
       </c>
       <c r="I434" s="2" t="s">
-        <v>2135</v>
+        <v>2105</v>
       </c>
       <c r="J434" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K434" s="2" t="s">
-        <v>2154</v>
+        <v>2163</v>
       </c>
       <c r="L434" s="2" t="s">
-        <v>1540</v>
-[...3 lines deleted...]
-      </c>
+        <v>2164</v>
+      </c>
+      <c r="M434" s="2"/>
       <c r="N434" s="2" t="s">
-        <v>2160</v>
-[...3 lines deleted...]
-      </c>
+        <v>2165</v>
+      </c>
+      <c r="O434" s="2"/>
     </row>
     <row r="435" spans="1:15">
       <c r="A435" s="2">
-        <v>619</v>
+        <v>593</v>
       </c>
       <c r="B435" s="2" t="s">
-        <v>2134</v>
+        <v>2105</v>
       </c>
       <c r="C435" s="2" t="s">
-        <v>1580</v>
+        <v>2166</v>
       </c>
       <c r="D435" s="2" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="E435" s="2" t="s">
-        <v>2161</v>
+        <v>2159</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>1582</v>
+        <v>1407</v>
       </c>
       <c r="G435" s="2" t="s">
-        <v>1583</v>
+        <v>1408</v>
       </c>
       <c r="H435" s="2" t="s">
         <v>2162</v>
       </c>
       <c r="I435" s="2" t="s">
-        <v>2135</v>
+        <v>2105</v>
       </c>
       <c r="J435" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K435" s="2" t="s">
-        <v>2154</v>
+        <v>2167</v>
       </c>
       <c r="L435" s="2" t="s">
-        <v>1540</v>
-[...3 lines deleted...]
-      </c>
+        <v>2164</v>
+      </c>
+      <c r="M435" s="2"/>
       <c r="N435" s="2" t="s">
-        <v>2163</v>
-[...3 lines deleted...]
-      </c>
+        <v>2168</v>
+      </c>
+      <c r="O435" s="2"/>
     </row>
     <row r="436" spans="1:15">
       <c r="A436" s="2">
-        <v>620</v>
+        <v>594</v>
       </c>
       <c r="B436" s="2" t="s">
-        <v>2164</v>
+        <v>2105</v>
       </c>
       <c r="C436" s="2" t="s">
-        <v>1586</v>
+        <v>2169</v>
       </c>
       <c r="D436" s="2" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="E436" s="2" t="s">
-        <v>2165</v>
+        <v>2170</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>1588</v>
+        <v>2171</v>
       </c>
       <c r="G436" s="2" t="s">
-        <v>1589</v>
+        <v>2172</v>
       </c>
       <c r="H436" s="2" t="s">
-        <v>1545</v>
+        <v>2162</v>
       </c>
       <c r="I436" s="2" t="s">
-        <v>2135</v>
+        <v>2105</v>
       </c>
       <c r="J436" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K436" s="2" t="s">
-        <v>2166</v>
+        <v>2167</v>
       </c>
       <c r="L436" s="2" t="s">
-        <v>1540</v>
-[...3 lines deleted...]
-      </c>
+        <v>2164</v>
+      </c>
+      <c r="M436" s="2"/>
       <c r="N436" s="2" t="s">
-        <v>2167</v>
-[...3 lines deleted...]
-      </c>
+        <v>2173</v>
+      </c>
+      <c r="O436" s="2"/>
     </row>
     <row r="437" spans="1:15">
       <c r="A437" s="2">
-        <v>621</v>
+        <v>595</v>
       </c>
       <c r="B437" s="2" t="s">
-        <v>2134</v>
+        <v>2105</v>
       </c>
       <c r="C437" s="2" t="s">
-        <v>1591</v>
+        <v>2174</v>
       </c>
       <c r="D437" s="2" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="E437" s="2" t="s">
-        <v>1592</v>
+        <v>2159</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>1593</v>
+        <v>2175</v>
       </c>
       <c r="G437" s="2" t="s">
-        <v>1594</v>
+        <v>2176</v>
       </c>
       <c r="H437" s="2" t="s">
-        <v>2168</v>
+        <v>2162</v>
       </c>
       <c r="I437" s="2" t="s">
-        <v>2135</v>
+        <v>2105</v>
       </c>
       <c r="J437" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K437" s="2" t="s">
-        <v>2154</v>
+        <v>2167</v>
       </c>
       <c r="L437" s="2" t="s">
-        <v>1540</v>
-[...3 lines deleted...]
-      </c>
+        <v>2164</v>
+      </c>
+      <c r="M437" s="2"/>
       <c r="N437" s="2" t="s">
-        <v>2169</v>
-[...3 lines deleted...]
-      </c>
+        <v>2177</v>
+      </c>
+      <c r="O437" s="2"/>
     </row>
     <row r="438" spans="1:15">
       <c r="A438" s="2">
-        <v>622</v>
+        <v>596</v>
       </c>
       <c r="B438" s="2" t="s">
-        <v>2134</v>
+        <v>2105</v>
       </c>
       <c r="C438" s="2" t="s">
-        <v>1599</v>
+        <v>2178</v>
       </c>
       <c r="D438" s="2" t="s">
-        <v>29</v>
+        <v>159</v>
       </c>
       <c r="E438" s="2" t="s">
-        <v>2170</v>
+        <v>2179</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>119</v>
+        <v>2180</v>
       </c>
       <c r="G438" s="2" t="s">
-        <v>120</v>
+        <v>2181</v>
       </c>
       <c r="H438" s="2" t="s">
-        <v>1601</v>
+        <v>2182</v>
       </c>
       <c r="I438" s="2" t="s">
-        <v>2135</v>
+        <v>2105</v>
       </c>
       <c r="J438" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K438" s="2" t="s">
-        <v>2154</v>
+        <v>2183</v>
       </c>
       <c r="L438" s="2" t="s">
-        <v>1540</v>
-[...3 lines deleted...]
-      </c>
+        <v>2184</v>
+      </c>
+      <c r="M438" s="2"/>
       <c r="N438" s="2" t="s">
-        <v>2171</v>
-[...3 lines deleted...]
-      </c>
+        <v>2185</v>
+      </c>
+      <c r="O438" s="2"/>
     </row>
     <row r="439" spans="1:15">
       <c r="A439" s="2">
-        <v>623</v>
+        <v>597</v>
       </c>
       <c r="B439" s="2" t="s">
-        <v>2134</v>
+        <v>2105</v>
       </c>
       <c r="C439" s="2" t="s">
-        <v>2172</v>
+        <v>2186</v>
       </c>
       <c r="D439" s="2" t="s">
-        <v>29</v>
+        <v>159</v>
       </c>
       <c r="E439" s="2" t="s">
-        <v>2173</v>
+        <v>2187</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>2174</v>
+        <v>2188</v>
       </c>
       <c r="G439" s="2" t="s">
-        <v>2175</v>
+        <v>2189</v>
       </c>
       <c r="H439" s="2" t="s">
-        <v>1545</v>
+        <v>2190</v>
       </c>
       <c r="I439" s="2" t="s">
-        <v>2135</v>
+        <v>2191</v>
       </c>
       <c r="J439" s="2" t="s">
-        <v>101</v>
+        <v>2192</v>
       </c>
       <c r="K439" s="2" t="s">
-        <v>2154</v>
+        <v>2193</v>
       </c>
       <c r="L439" s="2" t="s">
-        <v>1540</v>
-[...3 lines deleted...]
-      </c>
+        <v>2194</v>
+      </c>
+      <c r="M439" s="2"/>
       <c r="N439" s="2" t="s">
-        <v>2176</v>
-[...3 lines deleted...]
-      </c>
+        <v>2195</v>
+      </c>
+      <c r="O439" s="2"/>
     </row>
     <row r="440" spans="1:15">
       <c r="A440" s="2">
-        <v>624</v>
+        <v>598</v>
       </c>
       <c r="B440" s="2" t="s">
-        <v>2134</v>
+        <v>2105</v>
       </c>
       <c r="C440" s="2" t="s">
-        <v>2177</v>
+        <v>2196</v>
       </c>
       <c r="D440" s="2" t="s">
-        <v>29</v>
+        <v>159</v>
       </c>
       <c r="E440" s="2" t="s">
-        <v>2178</v>
+        <v>2197</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>1464</v>
+        <v>2198</v>
       </c>
       <c r="G440" s="2" t="s">
-        <v>1465</v>
+        <v>2199</v>
       </c>
       <c r="H440" s="2" t="s">
-        <v>1605</v>
+        <v>2200</v>
       </c>
       <c r="I440" s="2" t="s">
-        <v>2135</v>
+        <v>2201</v>
       </c>
       <c r="J440" s="2" t="s">
-        <v>101</v>
+        <v>2202</v>
       </c>
       <c r="K440" s="2" t="s">
-        <v>2154</v>
+        <v>2203</v>
       </c>
       <c r="L440" s="2" t="s">
-        <v>1540</v>
-[...9 lines deleted...]
-      </c>
+        <v>2194</v>
+      </c>
+      <c r="M440" s="2"/>
+      <c r="N440" s="2"/>
+      <c r="O440" s="2"/>
     </row>
     <row r="441" spans="1:15">
       <c r="A441" s="2">
-        <v>625</v>
+        <v>599</v>
       </c>
       <c r="B441" s="2" t="s">
-        <v>2134</v>
+        <v>2105</v>
       </c>
       <c r="C441" s="2" t="s">
-        <v>1609</v>
+        <v>2204</v>
       </c>
       <c r="D441" s="2" t="s">
-        <v>29</v>
+        <v>159</v>
       </c>
       <c r="E441" s="2" t="s">
-        <v>2180</v>
+        <v>2205</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>1611</v>
+        <v>2206</v>
       </c>
       <c r="G441" s="2" t="s">
-        <v>1612</v>
+        <v>2207</v>
       </c>
       <c r="H441" s="2" t="s">
-        <v>1545</v>
+        <v>2208</v>
       </c>
       <c r="I441" s="2" t="s">
-        <v>2135</v>
+        <v>2209</v>
       </c>
       <c r="J441" s="2" t="s">
-        <v>101</v>
+        <v>2210</v>
       </c>
       <c r="K441" s="2" t="s">
-        <v>2154</v>
+        <v>2211</v>
       </c>
       <c r="L441" s="2" t="s">
-        <v>1540</v>
-[...9 lines deleted...]
-      </c>
+        <v>2194</v>
+      </c>
+      <c r="M441" s="2"/>
+      <c r="N441" s="2"/>
+      <c r="O441" s="2"/>
     </row>
     <row r="442" spans="1:15">
       <c r="A442" s="2">
-        <v>626</v>
+        <v>600</v>
       </c>
       <c r="B442" s="2" t="s">
-        <v>2134</v>
+        <v>2105</v>
       </c>
       <c r="C442" s="2" t="s">
-        <v>2182</v>
+        <v>2212</v>
       </c>
       <c r="D442" s="2" t="s">
-        <v>29</v>
+        <v>159</v>
       </c>
       <c r="E442" s="2" t="s">
-        <v>2183</v>
+        <v>2213</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>182</v>
+        <v>2214</v>
       </c>
       <c r="G442" s="2" t="s">
-        <v>183</v>
+        <v>2215</v>
       </c>
       <c r="H442" s="2" t="s">
-        <v>2184</v>
+        <v>2216</v>
       </c>
       <c r="I442" s="2" t="s">
-        <v>2135</v>
+        <v>276</v>
       </c>
       <c r="J442" s="2" t="s">
-        <v>101</v>
+        <v>2217</v>
       </c>
       <c r="K442" s="2" t="s">
-        <v>2154</v>
+        <v>2218</v>
       </c>
       <c r="L442" s="2" t="s">
-        <v>1540</v>
-[...9 lines deleted...]
-      </c>
+        <v>2194</v>
+      </c>
+      <c r="M442" s="2"/>
+      <c r="N442" s="2"/>
+      <c r="O442" s="2"/>
     </row>
     <row r="443" spans="1:15">
       <c r="A443" s="2">
-        <v>627</v>
+        <v>601</v>
       </c>
       <c r="B443" s="2" t="s">
-        <v>2186</v>
+        <v>2219</v>
       </c>
       <c r="C443" s="2" t="s">
-        <v>2187</v>
+        <v>2220</v>
       </c>
       <c r="D443" s="2" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="E443" s="2" t="s">
-        <v>2188</v>
+        <v>2221</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>2189</v>
+        <v>2222</v>
       </c>
       <c r="G443" s="2" t="s">
-        <v>2190</v>
+        <v>2223</v>
       </c>
       <c r="H443" s="2" t="s">
-        <v>2191</v>
+        <v>2224</v>
       </c>
       <c r="I443" s="2" t="s">
-        <v>2135</v>
+        <v>2219</v>
       </c>
       <c r="J443" s="2" t="s">
-        <v>164</v>
+        <v>79</v>
       </c>
       <c r="K443" s="2" t="s">
-        <v>2192</v>
+        <v>2225</v>
       </c>
       <c r="L443" s="2" t="s">
-        <v>1540</v>
+        <v>23</v>
       </c>
       <c r="M443" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N443" s="2" t="s">
-        <v>2193</v>
+        <v>2226</v>
       </c>
       <c r="O443" s="2" t="s">
-        <v>1279</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="444" spans="1:15">
       <c r="A444" s="2">
-        <v>628</v>
+        <v>602</v>
       </c>
       <c r="B444" s="2" t="s">
-        <v>2186</v>
+        <v>2219</v>
       </c>
       <c r="C444" s="2" t="s">
-        <v>2194</v>
+        <v>2228</v>
       </c>
       <c r="D444" s="2" t="s">
-        <v>29</v>
+        <v>480</v>
       </c>
       <c r="E444" s="2" t="s">
-        <v>2195</v>
+        <v>2229</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>2196</v>
+        <v>2230</v>
       </c>
       <c r="G444" s="2" t="s">
-        <v>2197</v>
+        <v>2231</v>
       </c>
       <c r="H444" s="2" t="s">
-        <v>2198</v>
+        <v>2232</v>
       </c>
       <c r="I444" s="2" t="s">
-        <v>2135</v>
-[...3 lines deleted...]
-      </c>
+        <v>2219</v>
+      </c>
+      <c r="J444" s="2"/>
       <c r="K444" s="2" t="s">
-        <v>2192</v>
+        <v>2225</v>
       </c>
       <c r="L444" s="2" t="s">
-        <v>1540</v>
+        <v>23</v>
       </c>
       <c r="M444" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N444" s="2" t="s">
-        <v>2199</v>
+        <v>2233</v>
       </c>
       <c r="O444" s="2" t="s">
-        <v>1279</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="445" spans="1:15">
       <c r="A445" s="2">
-        <v>629</v>
+        <v>603</v>
       </c>
       <c r="B445" s="2" t="s">
-        <v>2186</v>
+        <v>2219</v>
       </c>
       <c r="C445" s="2" t="s">
-        <v>2200</v>
+        <v>2234</v>
       </c>
       <c r="D445" s="2" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="E445" s="2" t="s">
-        <v>1616</v>
+        <v>2235</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>1617</v>
+        <v>2236</v>
       </c>
       <c r="G445" s="2" t="s">
-        <v>1618</v>
+        <v>2237</v>
       </c>
       <c r="H445" s="2" t="s">
-        <v>1619</v>
+        <v>2224</v>
       </c>
       <c r="I445" s="2" t="s">
-        <v>2135</v>
+        <v>2219</v>
       </c>
       <c r="J445" s="2" t="s">
-        <v>164</v>
+        <v>2238</v>
       </c>
       <c r="K445" s="2" t="s">
-        <v>2201</v>
+        <v>2225</v>
       </c>
       <c r="L445" s="2" t="s">
-        <v>1540</v>
+        <v>23</v>
       </c>
       <c r="M445" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N445" s="2" t="s">
-        <v>2202</v>
+        <v>2239</v>
       </c>
       <c r="O445" s="2" t="s">
-        <v>1279</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="446" spans="1:15">
       <c r="A446" s="2">
-        <v>630</v>
+        <v>604</v>
       </c>
       <c r="B446" s="2" t="s">
-        <v>2134</v>
+        <v>2219</v>
       </c>
       <c r="C446" s="2" t="s">
-        <v>1622</v>
+        <v>2240</v>
       </c>
       <c r="D446" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E446" s="2" t="s">
-        <v>2203</v>
+        <v>2241</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>1624</v>
+        <v>2242</v>
       </c>
       <c r="G446" s="2" t="s">
-        <v>1625</v>
+        <v>2243</v>
       </c>
       <c r="H446" s="2" t="s">
-        <v>1626</v>
+        <v>2244</v>
       </c>
       <c r="I446" s="2" t="s">
-        <v>2135</v>
+        <v>2219</v>
       </c>
       <c r="J446" s="2" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="K446" s="2" t="s">
-        <v>2154</v>
+        <v>2225</v>
       </c>
       <c r="L446" s="2" t="s">
-        <v>1540</v>
+        <v>23</v>
       </c>
       <c r="M446" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N446" s="2" t="s">
-        <v>2204</v>
+        <v>2245</v>
       </c>
       <c r="O446" s="2" t="s">
-        <v>1279</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="447" spans="1:15">
       <c r="A447" s="2">
-        <v>631</v>
+        <v>605</v>
       </c>
       <c r="B447" s="2" t="s">
-        <v>2186</v>
+        <v>2219</v>
       </c>
       <c r="C447" s="2" t="s">
-        <v>2205</v>
+        <v>2246</v>
       </c>
       <c r="D447" s="2" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="E447" s="2" t="s">
-        <v>2206</v>
+        <v>2247</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>1630</v>
+        <v>2248</v>
       </c>
       <c r="G447" s="2" t="s">
-        <v>1631</v>
+        <v>2249</v>
       </c>
       <c r="H447" s="2" t="s">
-        <v>1632</v>
+        <v>2250</v>
       </c>
       <c r="I447" s="2" t="s">
-        <v>2135</v>
+        <v>2219</v>
       </c>
       <c r="J447" s="2" t="s">
-        <v>164</v>
+        <v>2238</v>
       </c>
       <c r="K447" s="2" t="s">
-        <v>2201</v>
+        <v>2225</v>
       </c>
       <c r="L447" s="2" t="s">
-        <v>1540</v>
+        <v>23</v>
       </c>
       <c r="M447" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N447" s="2" t="s">
-        <v>2207</v>
+        <v>2251</v>
       </c>
       <c r="O447" s="2" t="s">
-        <v>1279</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="448" spans="1:15">
       <c r="A448" s="2">
-        <v>632</v>
+        <v>606</v>
       </c>
       <c r="B448" s="2" t="s">
-        <v>2134</v>
+        <v>2219</v>
       </c>
       <c r="C448" s="2" t="s">
-        <v>2208</v>
+        <v>2252</v>
       </c>
       <c r="D448" s="2" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="E448" s="2" t="s">
-        <v>2209</v>
+        <v>2253</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>1637</v>
+        <v>2254</v>
       </c>
       <c r="G448" s="2" t="s">
-        <v>1638</v>
+        <v>2255</v>
       </c>
       <c r="H448" s="2" t="s">
-        <v>1545</v>
+        <v>389</v>
       </c>
       <c r="I448" s="2" t="s">
-        <v>422</v>
+        <v>2219</v>
       </c>
       <c r="J448" s="2" t="s">
-        <v>101</v>
+        <v>2256</v>
       </c>
       <c r="K448" s="2" t="s">
-        <v>2210</v>
+        <v>2225</v>
       </c>
       <c r="L448" s="2" t="s">
-        <v>1540</v>
+        <v>23</v>
       </c>
       <c r="M448" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N448" s="2" t="s">
-        <v>2211</v>
+        <v>2257</v>
       </c>
       <c r="O448" s="2" t="s">
-        <v>1279</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="449" spans="1:15">
       <c r="A449" s="2">
-        <v>633</v>
+        <v>607</v>
       </c>
       <c r="B449" s="2" t="s">
-        <v>2134</v>
+        <v>2219</v>
       </c>
       <c r="C449" s="2" t="s">
-        <v>2212</v>
+        <v>2258</v>
       </c>
       <c r="D449" s="2" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="E449" s="2" t="s">
-        <v>2213</v>
+        <v>2259</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>1642</v>
+        <v>2260</v>
       </c>
       <c r="G449" s="2" t="s">
-        <v>1643</v>
+        <v>2261</v>
       </c>
       <c r="H449" s="2" t="s">
-        <v>1644</v>
+        <v>315</v>
       </c>
       <c r="I449" s="2" t="s">
-        <v>422</v>
+        <v>2219</v>
       </c>
       <c r="J449" s="2" t="s">
-        <v>101</v>
+        <v>2262</v>
       </c>
       <c r="K449" s="2" t="s">
-        <v>2210</v>
+        <v>2225</v>
       </c>
       <c r="L449" s="2" t="s">
-        <v>1540</v>
+        <v>23</v>
       </c>
       <c r="M449" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N449" s="2" t="s">
-        <v>2141</v>
+        <v>2263</v>
       </c>
       <c r="O449" s="2" t="s">
-        <v>1279</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="450" spans="1:15">
       <c r="A450" s="2">
-        <v>634</v>
+        <v>608</v>
       </c>
       <c r="B450" s="2" t="s">
-        <v>2134</v>
+        <v>2264</v>
       </c>
       <c r="C450" s="2" t="s">
-        <v>2214</v>
+        <v>2265</v>
       </c>
       <c r="D450" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E450" s="2" t="s">
-        <v>2215</v>
+        <v>2266</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>1649</v>
+        <v>1624</v>
       </c>
       <c r="G450" s="2" t="s">
-        <v>1650</v>
+        <v>1625</v>
       </c>
       <c r="H450" s="2" t="s">
-        <v>1545</v>
+        <v>2267</v>
       </c>
       <c r="I450" s="2" t="s">
-        <v>422</v>
+        <v>2264</v>
       </c>
       <c r="J450" s="2" t="s">
-        <v>101</v>
+        <v>2268</v>
       </c>
       <c r="K450" s="2" t="s">
-        <v>2216</v>
+        <v>2269</v>
       </c>
       <c r="L450" s="2" t="s">
-        <v>1540</v>
+        <v>23</v>
       </c>
       <c r="M450" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N450" s="2" t="s">
-        <v>2217</v>
+        <v>2270</v>
       </c>
       <c r="O450" s="2" t="s">
-        <v>1279</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="451" spans="1:15">
       <c r="A451" s="2">
-        <v>635</v>
+        <v>609</v>
       </c>
       <c r="B451" s="2" t="s">
-        <v>2134</v>
+        <v>2271</v>
       </c>
       <c r="C451" s="2" t="s">
-        <v>2218</v>
+        <v>1534</v>
       </c>
       <c r="D451" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E451" s="2" t="s">
-        <v>2219</v>
+        <v>1535</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>548</v>
+        <v>1536</v>
       </c>
       <c r="G451" s="2" t="s">
-        <v>549</v>
+        <v>1537</v>
       </c>
       <c r="H451" s="2" t="s">
-        <v>2220</v>
+        <v>1545</v>
       </c>
       <c r="I451" s="2" t="s">
-        <v>422</v>
+        <v>2272</v>
       </c>
       <c r="J451" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K451" s="2" t="s">
-        <v>2210</v>
+        <v>2273</v>
       </c>
       <c r="L451" s="2" t="s">
         <v>1540</v>
       </c>
       <c r="M451" s="2" t="s">
-        <v>24</v>
+        <v>915</v>
       </c>
       <c r="N451" s="2" t="s">
-        <v>2221</v>
+        <v>2274</v>
       </c>
       <c r="O451" s="2" t="s">
         <v>1279</v>
       </c>
     </row>
     <row r="452" spans="1:15">
       <c r="A452" s="2">
-        <v>636</v>
+        <v>610</v>
       </c>
       <c r="B452" s="2" t="s">
-        <v>2164</v>
+        <v>2271</v>
       </c>
       <c r="C452" s="2" t="s">
-        <v>2222</v>
+        <v>1542</v>
       </c>
       <c r="D452" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E452" s="2" t="s">
-        <v>1565</v>
+        <v>1535</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>403</v>
+        <v>1543</v>
       </c>
       <c r="G452" s="2" t="s">
-        <v>404</v>
+        <v>1544</v>
       </c>
       <c r="H452" s="2" t="s">
-        <v>2223</v>
+        <v>1545</v>
       </c>
       <c r="I452" s="2" t="s">
-        <v>141</v>
+        <v>2272</v>
       </c>
       <c r="J452" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K452" s="2" t="s">
-        <v>2224</v>
+        <v>2273</v>
       </c>
       <c r="L452" s="2" t="s">
         <v>1540</v>
       </c>
       <c r="M452" s="2" t="s">
-        <v>24</v>
+        <v>915</v>
       </c>
       <c r="N452" s="2" t="s">
-        <v>2225</v>
+        <v>2275</v>
       </c>
       <c r="O452" s="2" t="s">
         <v>1279</v>
       </c>
     </row>
     <row r="453" spans="1:15">
       <c r="A453" s="2">
-        <v>637</v>
+        <v>611</v>
       </c>
       <c r="B453" s="2" t="s">
-        <v>2164</v>
+        <v>2271</v>
       </c>
       <c r="C453" s="2" t="s">
-        <v>2226</v>
+        <v>1548</v>
       </c>
       <c r="D453" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E453" s="2" t="s">
-        <v>2227</v>
+        <v>1549</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>2228</v>
+        <v>1550</v>
       </c>
       <c r="G453" s="2" t="s">
-        <v>2229</v>
+        <v>1551</v>
       </c>
       <c r="H453" s="2" t="s">
-        <v>1584</v>
+        <v>1545</v>
       </c>
       <c r="I453" s="2" t="s">
-        <v>141</v>
+        <v>2272</v>
       </c>
       <c r="J453" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K453" s="2" t="s">
-        <v>2224</v>
+        <v>2273</v>
       </c>
       <c r="L453" s="2" t="s">
         <v>1540</v>
       </c>
       <c r="M453" s="2" t="s">
-        <v>24</v>
+        <v>915</v>
       </c>
       <c r="N453" s="2" t="s">
-        <v>2230</v>
+        <v>2276</v>
       </c>
       <c r="O453" s="2" t="s">
         <v>1279</v>
       </c>
     </row>
     <row r="454" spans="1:15">
       <c r="A454" s="2">
-        <v>638</v>
+        <v>612</v>
       </c>
       <c r="B454" s="2" t="s">
-        <v>837</v>
+        <v>2271</v>
       </c>
       <c r="C454" s="2" t="s">
-        <v>1525</v>
+        <v>1559</v>
       </c>
       <c r="D454" s="2" t="s">
-        <v>1495</v>
+        <v>29</v>
       </c>
       <c r="E454" s="2" t="s">
-        <v>1526</v>
+        <v>2277</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>1527</v>
+        <v>1561</v>
       </c>
       <c r="G454" s="2" t="s">
-        <v>1528</v>
+        <v>1562</v>
       </c>
       <c r="H454" s="2" t="s">
-        <v>2231</v>
+        <v>1545</v>
       </c>
       <c r="I454" s="2" t="s">
-        <v>837</v>
+        <v>2272</v>
       </c>
       <c r="J454" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K454" s="2" t="s">
-        <v>2232</v>
+        <v>2273</v>
       </c>
       <c r="L454" s="2" t="s">
-        <v>1501</v>
+        <v>1540</v>
       </c>
       <c r="M454" s="2" t="s">
         <v>915</v>
       </c>
       <c r="N454" s="2" t="s">
-        <v>2233</v>
+        <v>2278</v>
       </c>
       <c r="O454" s="2" t="s">
         <v>1279</v>
       </c>
     </row>
     <row r="455" spans="1:15">
       <c r="A455" s="2">
-        <v>639</v>
+        <v>613</v>
       </c>
       <c r="B455" s="2" t="s">
-        <v>1884</v>
+        <v>2271</v>
       </c>
       <c r="C455" s="2" t="s">
-        <v>907</v>
+        <v>1564</v>
       </c>
       <c r="D455" s="2" t="s">
-        <v>159</v>
+        <v>29</v>
       </c>
       <c r="E455" s="2" t="s">
-        <v>908</v>
+        <v>1565</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>909</v>
+        <v>1191</v>
       </c>
       <c r="G455" s="2" t="s">
-        <v>910</v>
+        <v>1192</v>
       </c>
       <c r="H455" s="2" t="s">
-        <v>2234</v>
+        <v>1545</v>
       </c>
       <c r="I455" s="2" t="s">
-        <v>1884</v>
+        <v>2272</v>
       </c>
       <c r="J455" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K455" s="2" t="s">
-        <v>2235</v>
+        <v>2273</v>
       </c>
       <c r="L455" s="2" t="s">
-        <v>935</v>
+        <v>1540</v>
       </c>
       <c r="M455" s="2" t="s">
         <v>915</v>
       </c>
       <c r="N455" s="2" t="s">
-        <v>2236</v>
+        <v>2279</v>
       </c>
       <c r="O455" s="2" t="s">
-        <v>2237</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="456" spans="1:15">
       <c r="A456" s="2">
-        <v>640</v>
+        <v>614</v>
       </c>
       <c r="B456" s="2" t="s">
-        <v>2238</v>
+        <v>2271</v>
       </c>
       <c r="C456" s="2" t="s">
-        <v>918</v>
+        <v>2280</v>
       </c>
       <c r="D456" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E456" s="2" t="s">
-        <v>919</v>
+        <v>2281</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>920</v>
+        <v>1555</v>
       </c>
       <c r="G456" s="2" t="s">
-        <v>921</v>
+        <v>1556</v>
       </c>
       <c r="H456" s="2" t="s">
-        <v>2005</v>
+        <v>1545</v>
       </c>
       <c r="I456" s="2" t="s">
-        <v>2238</v>
+        <v>2272</v>
       </c>
       <c r="J456" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K456" s="2" t="s">
-        <v>2239</v>
+        <v>2282</v>
       </c>
       <c r="L456" s="2" t="s">
-        <v>935</v>
+        <v>1540</v>
       </c>
       <c r="M456" s="2" t="s">
         <v>915</v>
       </c>
       <c r="N456" s="2" t="s">
-        <v>2240</v>
+        <v>2283</v>
       </c>
       <c r="O456" s="2" t="s">
-        <v>2237</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="457" spans="1:15">
       <c r="A457" s="2">
-        <v>641</v>
+        <v>615</v>
       </c>
       <c r="B457" s="2" t="s">
-        <v>2238</v>
+        <v>2271</v>
       </c>
       <c r="C457" s="2" t="s">
-        <v>925</v>
+        <v>1564</v>
       </c>
       <c r="D457" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E457" s="2" t="s">
-        <v>2241</v>
+        <v>2284</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>927</v>
+        <v>1191</v>
       </c>
       <c r="G457" s="2" t="s">
-        <v>928</v>
+        <v>1192</v>
       </c>
       <c r="H457" s="2" t="s">
-        <v>2234</v>
+        <v>1545</v>
       </c>
       <c r="I457" s="2" t="s">
-        <v>2238</v>
+        <v>2285</v>
       </c>
       <c r="J457" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K457" s="2" t="s">
-        <v>2235</v>
+        <v>2286</v>
       </c>
       <c r="L457" s="2" t="s">
-        <v>935</v>
+        <v>1540</v>
       </c>
       <c r="M457" s="2" t="s">
-        <v>915</v>
+        <v>24</v>
       </c>
       <c r="N457" s="2" t="s">
-        <v>2242</v>
+        <v>2287</v>
       </c>
       <c r="O457" s="2" t="s">
-        <v>2237</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="458" spans="1:15">
       <c r="A458" s="2">
-        <v>642</v>
+        <v>616</v>
       </c>
       <c r="B458" s="2" t="s">
-        <v>2238</v>
+        <v>2271</v>
       </c>
       <c r="C458" s="2" t="s">
-        <v>931</v>
+        <v>2288</v>
       </c>
       <c r="D458" s="2" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="E458" s="2" t="s">
-        <v>932</v>
+        <v>2289</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>933</v>
+        <v>1146</v>
       </c>
       <c r="G458" s="2" t="s">
-        <v>934</v>
+        <v>1147</v>
       </c>
       <c r="H458" s="2" t="s">
-        <v>2234</v>
+        <v>2290</v>
       </c>
       <c r="I458" s="2" t="s">
-        <v>2238</v>
+        <v>2272</v>
       </c>
       <c r="J458" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K458" s="2" t="s">
-        <v>2235</v>
+        <v>2291</v>
       </c>
       <c r="L458" s="2" t="s">
-        <v>935</v>
+        <v>1540</v>
       </c>
       <c r="M458" s="2" t="s">
-        <v>915</v>
+        <v>24</v>
       </c>
       <c r="N458" s="2" t="s">
-        <v>2243</v>
+        <v>2292</v>
       </c>
       <c r="O458" s="2" t="s">
-        <v>2237</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="459" spans="1:15">
       <c r="A459" s="2">
-        <v>643</v>
+        <v>617</v>
       </c>
       <c r="B459" s="2" t="s">
-        <v>2238</v>
+        <v>2271</v>
       </c>
       <c r="C459" s="2" t="s">
-        <v>937</v>
+        <v>1576</v>
       </c>
       <c r="D459" s="2" t="s">
-        <v>159</v>
+        <v>29</v>
       </c>
       <c r="E459" s="2" t="s">
-        <v>938</v>
+        <v>2293</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>939</v>
+        <v>1230</v>
       </c>
       <c r="G459" s="2" t="s">
-        <v>940</v>
+        <v>1231</v>
       </c>
       <c r="H459" s="2" t="s">
-        <v>2244</v>
+        <v>1578</v>
       </c>
       <c r="I459" s="2" t="s">
-        <v>2238</v>
+        <v>2272</v>
       </c>
       <c r="J459" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K459" s="2" t="s">
-        <v>2235</v>
+        <v>2291</v>
       </c>
       <c r="L459" s="2" t="s">
-        <v>935</v>
+        <v>1540</v>
       </c>
       <c r="M459" s="2" t="s">
-        <v>915</v>
+        <v>24</v>
       </c>
       <c r="N459" s="2" t="s">
-        <v>2245</v>
+        <v>2294</v>
       </c>
       <c r="O459" s="2" t="s">
-        <v>2237</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="460" spans="1:15">
       <c r="A460" s="2">
-        <v>644</v>
+        <v>618</v>
       </c>
       <c r="B460" s="2" t="s">
-        <v>2238</v>
+        <v>2271</v>
       </c>
       <c r="C460" s="2" t="s">
-        <v>943</v>
+        <v>2295</v>
       </c>
       <c r="D460" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E460" s="2" t="s">
-        <v>944</v>
+        <v>2296</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>945</v>
+        <v>1555</v>
       </c>
       <c r="G460" s="2" t="s">
-        <v>946</v>
+        <v>1556</v>
       </c>
       <c r="H460" s="2" t="s">
-        <v>2005</v>
+        <v>1545</v>
       </c>
       <c r="I460" s="2" t="s">
-        <v>2238</v>
+        <v>2272</v>
       </c>
       <c r="J460" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K460" s="2" t="s">
-        <v>2235</v>
+        <v>2291</v>
       </c>
       <c r="L460" s="2" t="s">
-        <v>935</v>
+        <v>1540</v>
       </c>
       <c r="M460" s="2" t="s">
-        <v>915</v>
+        <v>24</v>
       </c>
       <c r="N460" s="2" t="s">
-        <v>2246</v>
+        <v>2297</v>
       </c>
       <c r="O460" s="2" t="s">
-        <v>2237</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="461" spans="1:15">
       <c r="A461" s="2">
-        <v>645</v>
+        <v>619</v>
       </c>
       <c r="B461" s="2" t="s">
-        <v>2238</v>
+        <v>2271</v>
       </c>
       <c r="C461" s="2" t="s">
-        <v>949</v>
+        <v>1580</v>
       </c>
       <c r="D461" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E461" s="2" t="s">
-        <v>2247</v>
+        <v>2298</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>951</v>
+        <v>1582</v>
       </c>
       <c r="G461" s="2" t="s">
-        <v>952</v>
+        <v>1583</v>
       </c>
       <c r="H461" s="2" t="s">
-        <v>2005</v>
+        <v>2299</v>
       </c>
       <c r="I461" s="2" t="s">
-        <v>2238</v>
+        <v>2272</v>
       </c>
       <c r="J461" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K461" s="2" t="s">
-        <v>2235</v>
+        <v>2291</v>
       </c>
       <c r="L461" s="2" t="s">
-        <v>935</v>
+        <v>1540</v>
       </c>
       <c r="M461" s="2" t="s">
-        <v>915</v>
+        <v>24</v>
       </c>
       <c r="N461" s="2" t="s">
-        <v>2248</v>
+        <v>2300</v>
       </c>
       <c r="O461" s="2" t="s">
-        <v>2237</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="462" spans="1:15">
       <c r="A462" s="2">
-        <v>646</v>
+        <v>620</v>
       </c>
       <c r="B462" s="2" t="s">
-        <v>2238</v>
+        <v>2301</v>
       </c>
       <c r="C462" s="2" t="s">
-        <v>954</v>
+        <v>1586</v>
       </c>
       <c r="D462" s="2" t="s">
-        <v>159</v>
+        <v>29</v>
       </c>
       <c r="E462" s="2" t="s">
-        <v>955</v>
+        <v>2302</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>956</v>
+        <v>1588</v>
       </c>
       <c r="G462" s="2" t="s">
-        <v>957</v>
+        <v>1589</v>
       </c>
       <c r="H462" s="2" t="s">
-        <v>2005</v>
+        <v>1545</v>
       </c>
       <c r="I462" s="2" t="s">
-        <v>2238</v>
+        <v>2272</v>
       </c>
       <c r="J462" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K462" s="2" t="s">
-        <v>2235</v>
+        <v>2303</v>
       </c>
       <c r="L462" s="2" t="s">
-        <v>935</v>
+        <v>1540</v>
       </c>
       <c r="M462" s="2" t="s">
-        <v>915</v>
+        <v>24</v>
       </c>
       <c r="N462" s="2" t="s">
-        <v>2249</v>
+        <v>2304</v>
       </c>
       <c r="O462" s="2" t="s">
-        <v>2237</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="463" spans="1:15">
       <c r="A463" s="2">
-        <v>647</v>
+        <v>621</v>
       </c>
       <c r="B463" s="2" t="s">
-        <v>27</v>
+        <v>2271</v>
       </c>
       <c r="C463" s="2" t="s">
-        <v>1834</v>
+        <v>1591</v>
       </c>
       <c r="D463" s="2" t="s">
-        <v>96</v>
+        <v>29</v>
       </c>
       <c r="E463" s="2" t="s">
-        <v>1835</v>
+        <v>1592</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>1836</v>
+        <v>1593</v>
       </c>
       <c r="G463" s="2" t="s">
-        <v>1837</v>
+        <v>1594</v>
       </c>
       <c r="H463" s="2" t="s">
-        <v>1838</v>
+        <v>2305</v>
       </c>
       <c r="I463" s="2" t="s">
-        <v>27</v>
+        <v>2272</v>
       </c>
       <c r="J463" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K463" s="2" t="s">
-        <v>1839</v>
+        <v>2291</v>
       </c>
       <c r="L463" s="2" t="s">
-        <v>1840</v>
+        <v>1540</v>
       </c>
       <c r="M463" s="2" t="s">
-        <v>915</v>
+        <v>24</v>
       </c>
       <c r="N463" s="2" t="s">
-        <v>1841</v>
+        <v>2306</v>
       </c>
       <c r="O463" s="2" t="s">
-        <v>930</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="464" spans="1:15">
       <c r="A464" s="2">
-        <v>648</v>
+        <v>622</v>
       </c>
       <c r="B464" s="2" t="s">
-        <v>1842</v>
+        <v>2271</v>
       </c>
       <c r="C464" s="2" t="s">
-        <v>1843</v>
+        <v>1599</v>
       </c>
       <c r="D464" s="2" t="s">
-        <v>96</v>
+        <v>29</v>
       </c>
       <c r="E464" s="2" t="s">
-        <v>1844</v>
+        <v>2307</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>1845</v>
+        <v>119</v>
       </c>
       <c r="G464" s="2" t="s">
-        <v>1846</v>
+        <v>120</v>
       </c>
       <c r="H464" s="2" t="s">
-        <v>2250</v>
+        <v>1601</v>
       </c>
       <c r="I464" s="2" t="s">
-        <v>1842</v>
+        <v>2272</v>
       </c>
       <c r="J464" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K464" s="2" t="s">
-        <v>2251</v>
+        <v>2291</v>
       </c>
       <c r="L464" s="2" t="s">
-        <v>2252</v>
+        <v>1540</v>
       </c>
       <c r="M464" s="2" t="s">
-        <v>915</v>
+        <v>24</v>
       </c>
       <c r="N464" s="2" t="s">
-        <v>2253</v>
+        <v>2308</v>
       </c>
       <c r="O464" s="2" t="s">
-        <v>930</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="465" spans="1:15">
       <c r="A465" s="2">
-        <v>649</v>
+        <v>623</v>
       </c>
       <c r="B465" s="2" t="s">
-        <v>2000</v>
+        <v>2271</v>
       </c>
       <c r="C465" s="2" t="s">
-        <v>2254</v>
+        <v>2309</v>
       </c>
       <c r="D465" s="2" t="s">
-        <v>104</v>
+        <v>29</v>
       </c>
       <c r="E465" s="2" t="s">
-        <v>2255</v>
+        <v>2310</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>2256</v>
+        <v>2311</v>
       </c>
       <c r="G465" s="2" t="s">
-        <v>2257</v>
+        <v>2312</v>
       </c>
       <c r="H465" s="2" t="s">
-        <v>1538</v>
+        <v>1545</v>
       </c>
       <c r="I465" s="2" t="s">
-        <v>2000</v>
+        <v>2272</v>
       </c>
       <c r="J465" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K465" s="2" t="s">
-        <v>2258</v>
+        <v>2291</v>
       </c>
       <c r="L465" s="2" t="s">
-        <v>2259</v>
+        <v>1540</v>
       </c>
       <c r="M465" s="2" t="s">
-        <v>915</v>
+        <v>24</v>
       </c>
       <c r="N465" s="2" t="s">
-        <v>2260</v>
+        <v>2313</v>
       </c>
       <c r="O465" s="2" t="s">
-        <v>930</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="466" spans="1:15">
       <c r="A466" s="2">
-        <v>650</v>
+        <v>624</v>
       </c>
       <c r="B466" s="2" t="s">
-        <v>1850</v>
+        <v>2271</v>
       </c>
       <c r="C466" s="2" t="s">
-        <v>1851</v>
+        <v>2314</v>
       </c>
       <c r="D466" s="2" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="E466" s="2" t="s">
-        <v>1852</v>
+        <v>2315</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>1853</v>
+        <v>1464</v>
       </c>
       <c r="G466" s="2" t="s">
-        <v>1854</v>
+        <v>1465</v>
       </c>
       <c r="H466" s="2" t="s">
-        <v>1855</v>
+        <v>1605</v>
       </c>
       <c r="I466" s="2" t="s">
-        <v>1850</v>
+        <v>2272</v>
       </c>
       <c r="J466" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K466" s="2" t="s">
-        <v>1856</v>
+        <v>2291</v>
       </c>
       <c r="L466" s="2" t="s">
-        <v>1857</v>
+        <v>1540</v>
       </c>
       <c r="M466" s="2" t="s">
-        <v>915</v>
+        <v>24</v>
       </c>
       <c r="N466" s="2" t="s">
-        <v>1858</v>
+        <v>2316</v>
       </c>
       <c r="O466" s="2" t="s">
-        <v>930</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="467" spans="1:15">
       <c r="A467" s="2">
-        <v>651</v>
+        <v>625</v>
       </c>
       <c r="B467" s="2" t="s">
-        <v>2261</v>
+        <v>2271</v>
       </c>
       <c r="C467" s="2" t="s">
-        <v>1851</v>
+        <v>1609</v>
       </c>
       <c r="D467" s="2" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="E467" s="2" t="s">
-        <v>1852</v>
+        <v>2317</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>1853</v>
+        <v>1611</v>
       </c>
       <c r="G467" s="2" t="s">
-        <v>1854</v>
+        <v>1612</v>
       </c>
       <c r="H467" s="2" t="s">
-        <v>1855</v>
+        <v>1545</v>
       </c>
       <c r="I467" s="2" t="s">
-        <v>2261</v>
+        <v>2272</v>
       </c>
       <c r="J467" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K467" s="2" t="s">
-        <v>1859</v>
+        <v>2291</v>
       </c>
       <c r="L467" s="2" t="s">
-        <v>1860</v>
+        <v>1540</v>
       </c>
       <c r="M467" s="2" t="s">
-        <v>915</v>
+        <v>24</v>
       </c>
       <c r="N467" s="2" t="s">
-        <v>1861</v>
+        <v>2318</v>
       </c>
       <c r="O467" s="2" t="s">
-        <v>930</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="468" spans="1:15">
       <c r="A468" s="2">
-        <v>652</v>
+        <v>626</v>
       </c>
       <c r="B468" s="2" t="s">
-        <v>1862</v>
+        <v>2271</v>
       </c>
       <c r="C468" s="2" t="s">
-        <v>1863</v>
+        <v>2319</v>
       </c>
       <c r="D468" s="2" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="E468" s="2" t="s">
-        <v>1864</v>
+        <v>2320</v>
       </c>
       <c r="F468" s="2" t="s">
-        <v>1865</v>
+        <v>182</v>
       </c>
       <c r="G468" s="2" t="s">
-        <v>1866</v>
+        <v>183</v>
       </c>
       <c r="H468" s="2" t="s">
-        <v>1867</v>
+        <v>2321</v>
       </c>
       <c r="I468" s="2" t="s">
-        <v>1862</v>
+        <v>2272</v>
       </c>
       <c r="J468" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K468" s="2" t="s">
-        <v>1868</v>
+        <v>2291</v>
       </c>
       <c r="L468" s="2" t="s">
-        <v>1869</v>
+        <v>1540</v>
       </c>
       <c r="M468" s="2" t="s">
-        <v>915</v>
+        <v>24</v>
       </c>
       <c r="N468" s="2" t="s">
-        <v>1870</v>
+        <v>2322</v>
       </c>
       <c r="O468" s="2" t="s">
-        <v>930</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="469" spans="1:15">
       <c r="A469" s="2">
-        <v>653</v>
+        <v>627</v>
       </c>
       <c r="B469" s="2" t="s">
-        <v>416</v>
+        <v>2323</v>
       </c>
       <c r="C469" s="2" t="s">
-        <v>1871</v>
+        <v>2324</v>
       </c>
       <c r="D469" s="2" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="E469" s="2" t="s">
-        <v>1872</v>
+        <v>2325</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>1873</v>
+        <v>2326</v>
       </c>
       <c r="G469" s="2" t="s">
-        <v>1874</v>
+        <v>2327</v>
       </c>
       <c r="H469" s="2" t="s">
-        <v>1875</v>
+        <v>2328</v>
       </c>
       <c r="I469" s="2" t="s">
-        <v>416</v>
+        <v>2272</v>
       </c>
       <c r="J469" s="2" t="s">
-        <v>101</v>
+        <v>164</v>
       </c>
       <c r="K469" s="2" t="s">
-        <v>1876</v>
+        <v>2329</v>
       </c>
       <c r="L469" s="2" t="s">
-        <v>1857</v>
+        <v>1540</v>
       </c>
       <c r="M469" s="2" t="s">
-        <v>915</v>
+        <v>24</v>
       </c>
       <c r="N469" s="2" t="s">
-        <v>1815</v>
+        <v>2330</v>
       </c>
       <c r="O469" s="2" t="s">
-        <v>930</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="470" spans="1:15">
       <c r="A470" s="2">
-        <v>654</v>
+        <v>628</v>
       </c>
       <c r="B470" s="2" t="s">
-        <v>1862</v>
+        <v>2323</v>
       </c>
       <c r="C470" s="2" t="s">
-        <v>1877</v>
+        <v>2331</v>
       </c>
       <c r="D470" s="2" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="E470" s="2" t="s">
-        <v>1878</v>
+        <v>2332</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>1879</v>
+        <v>2333</v>
       </c>
       <c r="G470" s="2" t="s">
-        <v>1880</v>
+        <v>2334</v>
       </c>
       <c r="H470" s="2" t="s">
-        <v>1881</v>
+        <v>2335</v>
       </c>
       <c r="I470" s="2" t="s">
-        <v>1862</v>
+        <v>2272</v>
       </c>
       <c r="J470" s="2" t="s">
-        <v>101</v>
+        <v>164</v>
       </c>
       <c r="K470" s="2" t="s">
-        <v>1882</v>
+        <v>2329</v>
       </c>
       <c r="L470" s="2" t="s">
-        <v>1857</v>
+        <v>1540</v>
       </c>
       <c r="M470" s="2" t="s">
-        <v>915</v>
+        <v>24</v>
       </c>
       <c r="N470" s="2" t="s">
-        <v>1883</v>
+        <v>2336</v>
       </c>
       <c r="O470" s="2" t="s">
-        <v>930</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="471" spans="1:15">
       <c r="A471" s="2">
-        <v>655</v>
+        <v>629</v>
       </c>
       <c r="B471" s="2" t="s">
-        <v>1884</v>
+        <v>2323</v>
       </c>
       <c r="C471" s="2" t="s">
-        <v>1885</v>
+        <v>2337</v>
       </c>
       <c r="D471" s="2" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="E471" s="2" t="s">
-        <v>1886</v>
+        <v>1616</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>714</v>
+        <v>1617</v>
       </c>
       <c r="G471" s="2" t="s">
-        <v>715</v>
+        <v>1618</v>
       </c>
       <c r="H471" s="2" t="s">
-        <v>1887</v>
+        <v>1619</v>
       </c>
       <c r="I471" s="2" t="s">
-        <v>1884</v>
+        <v>2272</v>
       </c>
       <c r="J471" s="2" t="s">
-        <v>101</v>
+        <v>164</v>
       </c>
       <c r="K471" s="2" t="s">
-        <v>1888</v>
+        <v>2338</v>
       </c>
       <c r="L471" s="2" t="s">
-        <v>1857</v>
+        <v>1540</v>
       </c>
       <c r="M471" s="2" t="s">
-        <v>915</v>
+        <v>24</v>
       </c>
       <c r="N471" s="2" t="s">
-        <v>1883</v>
+        <v>2339</v>
       </c>
       <c r="O471" s="2" t="s">
-        <v>930</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="472" spans="1:15">
       <c r="A472" s="2">
-        <v>656</v>
+        <v>630</v>
       </c>
       <c r="B472" s="2" t="s">
-        <v>1862</v>
+        <v>2271</v>
       </c>
       <c r="C472" s="2" t="s">
-        <v>1889</v>
+        <v>1622</v>
       </c>
       <c r="D472" s="2" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="E472" s="2" t="s">
-        <v>1890</v>
+        <v>2340</v>
       </c>
       <c r="F472" s="2" t="s">
-        <v>1891</v>
+        <v>1624</v>
       </c>
       <c r="G472" s="2" t="s">
-        <v>1892</v>
+        <v>1625</v>
       </c>
       <c r="H472" s="2" t="s">
-        <v>2262</v>
+        <v>1626</v>
       </c>
       <c r="I472" s="2" t="s">
-        <v>1862</v>
+        <v>2272</v>
       </c>
       <c r="J472" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K472" s="2" t="s">
-        <v>1894</v>
+        <v>2291</v>
       </c>
       <c r="L472" s="2" t="s">
-        <v>1857</v>
+        <v>1540</v>
       </c>
       <c r="M472" s="2" t="s">
-        <v>915</v>
+        <v>24</v>
       </c>
       <c r="N472" s="2" t="s">
-        <v>1883</v>
+        <v>2341</v>
       </c>
       <c r="O472" s="2" t="s">
-        <v>930</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="473" spans="1:15">
       <c r="A473" s="2">
-        <v>657</v>
+        <v>631</v>
       </c>
       <c r="B473" s="2" t="s">
-        <v>1862</v>
+        <v>2323</v>
       </c>
       <c r="C473" s="2" t="s">
-        <v>1895</v>
+        <v>2342</v>
       </c>
       <c r="D473" s="2" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="E473" s="2" t="s">
-        <v>1896</v>
+        <v>2343</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>66</v>
+        <v>1630</v>
       </c>
       <c r="G473" s="2" t="s">
-        <v>67</v>
+        <v>1631</v>
       </c>
       <c r="H473" s="2" t="s">
-        <v>1897</v>
+        <v>1632</v>
       </c>
       <c r="I473" s="2" t="s">
-        <v>1862</v>
+        <v>2272</v>
       </c>
       <c r="J473" s="2" t="s">
-        <v>101</v>
+        <v>164</v>
       </c>
       <c r="K473" s="2" t="s">
-        <v>1898</v>
+        <v>2338</v>
       </c>
       <c r="L473" s="2" t="s">
-        <v>1869</v>
+        <v>1540</v>
       </c>
       <c r="M473" s="2" t="s">
-        <v>915</v>
+        <v>24</v>
       </c>
       <c r="N473" s="2" t="s">
-        <v>1899</v>
+        <v>2344</v>
       </c>
       <c r="O473" s="2" t="s">
-        <v>930</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="474" spans="1:15">
       <c r="A474" s="2">
-        <v>658</v>
+        <v>632</v>
       </c>
       <c r="B474" s="2" t="s">
-        <v>2263</v>
+        <v>2271</v>
       </c>
       <c r="C474" s="2" t="s">
-        <v>1900</v>
+        <v>2345</v>
       </c>
       <c r="D474" s="2" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="E474" s="2" t="s">
-        <v>1901</v>
+        <v>2346</v>
       </c>
       <c r="F474" s="2" t="s">
-        <v>703</v>
+        <v>1637</v>
       </c>
       <c r="G474" s="2" t="s">
-        <v>704</v>
+        <v>1638</v>
       </c>
       <c r="H474" s="2" t="s">
-        <v>1902</v>
+        <v>1545</v>
       </c>
       <c r="I474" s="2" t="s">
-        <v>2263</v>
+        <v>422</v>
       </c>
       <c r="J474" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K474" s="2" t="s">
-        <v>1903</v>
+        <v>2347</v>
       </c>
       <c r="L474" s="2" t="s">
-        <v>1869</v>
+        <v>1540</v>
       </c>
       <c r="M474" s="2" t="s">
-        <v>915</v>
+        <v>24</v>
       </c>
       <c r="N474" s="2" t="s">
-        <v>1904</v>
+        <v>2348</v>
       </c>
       <c r="O474" s="2" t="s">
-        <v>930</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="475" spans="1:15">
       <c r="A475" s="2">
-        <v>659</v>
+        <v>633</v>
       </c>
       <c r="B475" s="2" t="s">
-        <v>1862</v>
+        <v>2271</v>
       </c>
       <c r="C475" s="2" t="s">
-        <v>1905</v>
+        <v>2349</v>
       </c>
       <c r="D475" s="2" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="E475" s="2" t="s">
-        <v>1906</v>
+        <v>2350</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>387</v>
+        <v>1642</v>
       </c>
       <c r="G475" s="2" t="s">
-        <v>388</v>
+        <v>1643</v>
       </c>
       <c r="H475" s="2" t="s">
-        <v>1907</v>
+        <v>1644</v>
       </c>
       <c r="I475" s="2" t="s">
-        <v>1862</v>
+        <v>422</v>
       </c>
       <c r="J475" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K475" s="2" t="s">
-        <v>1908</v>
+        <v>2347</v>
       </c>
       <c r="L475" s="2" t="s">
-        <v>1869</v>
+        <v>1540</v>
       </c>
       <c r="M475" s="2" t="s">
-        <v>915</v>
+        <v>24</v>
       </c>
       <c r="N475" s="2" t="s">
-        <v>1883</v>
+        <v>2278</v>
       </c>
       <c r="O475" s="2" t="s">
-        <v>930</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="476" spans="1:15">
       <c r="A476" s="2">
-        <v>660</v>
+        <v>634</v>
       </c>
       <c r="B476" s="2" t="s">
-        <v>1862</v>
+        <v>2271</v>
       </c>
       <c r="C476" s="2" t="s">
-        <v>1909</v>
+        <v>2351</v>
       </c>
       <c r="D476" s="2" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="E476" s="2" t="s">
-        <v>1910</v>
+        <v>2352</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>681</v>
+        <v>1649</v>
       </c>
       <c r="G476" s="2" t="s">
-        <v>682</v>
+        <v>1650</v>
       </c>
       <c r="H476" s="2" t="s">
-        <v>1911</v>
+        <v>1545</v>
       </c>
       <c r="I476" s="2" t="s">
-        <v>1862</v>
+        <v>422</v>
       </c>
       <c r="J476" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K476" s="2" t="s">
-        <v>1912</v>
+        <v>2353</v>
       </c>
       <c r="L476" s="2" t="s">
-        <v>1869</v>
+        <v>1540</v>
       </c>
       <c r="M476" s="2" t="s">
-        <v>915</v>
+        <v>24</v>
       </c>
       <c r="N476" s="2" t="s">
-        <v>1883</v>
+        <v>2354</v>
       </c>
       <c r="O476" s="2" t="s">
-        <v>930</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="477" spans="1:15">
       <c r="A477" s="2">
-        <v>661</v>
+        <v>635</v>
       </c>
       <c r="B477" s="2" t="s">
-        <v>1862</v>
+        <v>2271</v>
       </c>
       <c r="C477" s="2" t="s">
-        <v>1913</v>
+        <v>2355</v>
       </c>
       <c r="D477" s="2" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="E477" s="2" t="s">
-        <v>1914</v>
+        <v>2356</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>1915</v>
+        <v>548</v>
       </c>
       <c r="G477" s="2" t="s">
-        <v>1916</v>
+        <v>549</v>
       </c>
       <c r="H477" s="2" t="s">
-        <v>1917</v>
+        <v>2357</v>
       </c>
       <c r="I477" s="2" t="s">
-        <v>1862</v>
+        <v>422</v>
       </c>
       <c r="J477" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K477" s="2" t="s">
-        <v>1918</v>
+        <v>2347</v>
       </c>
       <c r="L477" s="2" t="s">
-        <v>1857</v>
+        <v>1540</v>
       </c>
       <c r="M477" s="2" t="s">
-        <v>915</v>
+        <v>24</v>
       </c>
       <c r="N477" s="2" t="s">
-        <v>1883</v>
+        <v>2358</v>
       </c>
       <c r="O477" s="2" t="s">
-        <v>930</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="478" spans="1:15">
       <c r="A478" s="2">
-        <v>662</v>
+        <v>636</v>
       </c>
       <c r="B478" s="2" t="s">
-        <v>1862</v>
+        <v>2301</v>
       </c>
       <c r="C478" s="2" t="s">
-        <v>2264</v>
+        <v>2359</v>
       </c>
       <c r="D478" s="2" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="E478" s="2" t="s">
-        <v>2265</v>
+        <v>1565</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>2266</v>
+        <v>403</v>
       </c>
       <c r="G478" s="2" t="s">
-        <v>2267</v>
+        <v>404</v>
       </c>
       <c r="H478" s="2" t="s">
-        <v>2268</v>
+        <v>2360</v>
       </c>
       <c r="I478" s="2" t="s">
-        <v>1862</v>
+        <v>141</v>
       </c>
       <c r="J478" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K478" s="2" t="s">
-        <v>2269</v>
+        <v>2361</v>
       </c>
       <c r="L478" s="2" t="s">
-        <v>1857</v>
+        <v>1540</v>
       </c>
       <c r="M478" s="2" t="s">
-        <v>915</v>
+        <v>24</v>
       </c>
       <c r="N478" s="2" t="s">
-        <v>1883</v>
+        <v>2362</v>
       </c>
       <c r="O478" s="2" t="s">
-        <v>930</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="479" spans="1:15">
       <c r="A479" s="2">
-        <v>663</v>
+        <v>637</v>
       </c>
       <c r="B479" s="2" t="s">
-        <v>1862</v>
+        <v>2301</v>
       </c>
       <c r="C479" s="2" t="s">
-        <v>1926</v>
+        <v>2363</v>
       </c>
       <c r="D479" s="2" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="E479" s="2" t="s">
-        <v>1927</v>
+        <v>2364</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>709</v>
+        <v>2365</v>
       </c>
       <c r="G479" s="2" t="s">
-        <v>710</v>
+        <v>2366</v>
       </c>
       <c r="H479" s="2" t="s">
-        <v>1928</v>
+        <v>1584</v>
       </c>
       <c r="I479" s="2" t="s">
-        <v>1862</v>
+        <v>141</v>
       </c>
       <c r="J479" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K479" s="2" t="s">
-        <v>1929</v>
+        <v>2361</v>
       </c>
       <c r="L479" s="2" t="s">
-        <v>1857</v>
+        <v>1540</v>
       </c>
       <c r="M479" s="2" t="s">
-        <v>915</v>
+        <v>24</v>
       </c>
       <c r="N479" s="2" t="s">
-        <v>1883</v>
+        <v>2367</v>
       </c>
       <c r="O479" s="2" t="s">
-        <v>930</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="480" spans="1:15">
       <c r="A480" s="2">
-        <v>664</v>
+        <v>638</v>
       </c>
       <c r="B480" s="2" t="s">
-        <v>1930</v>
+        <v>837</v>
       </c>
       <c r="C480" s="2" t="s">
-        <v>1931</v>
+        <v>1525</v>
       </c>
       <c r="D480" s="2" t="s">
-        <v>64</v>
+        <v>1495</v>
       </c>
       <c r="E480" s="2" t="s">
-        <v>1932</v>
+        <v>1526</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>1933</v>
+        <v>1527</v>
       </c>
       <c r="G480" s="2" t="s">
-        <v>1934</v>
+        <v>1528</v>
       </c>
       <c r="H480" s="2" t="s">
-        <v>2270</v>
+        <v>2368</v>
       </c>
       <c r="I480" s="2" t="s">
-        <v>1930</v>
+        <v>837</v>
       </c>
       <c r="J480" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K480" s="2" t="s">
-        <v>1939</v>
+        <v>2369</v>
       </c>
       <c r="L480" s="2" t="s">
-        <v>1937</v>
+        <v>1501</v>
       </c>
       <c r="M480" s="2" t="s">
         <v>915</v>
       </c>
       <c r="N480" s="2" t="s">
-        <v>1940</v>
+        <v>2370</v>
       </c>
       <c r="O480" s="2" t="s">
-        <v>930</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="481" spans="1:15">
       <c r="A481" s="2">
-        <v>665</v>
+        <v>639</v>
       </c>
       <c r="B481" s="2" t="s">
-        <v>1930</v>
+        <v>2026</v>
       </c>
       <c r="C481" s="2" t="s">
-        <v>1931</v>
+        <v>907</v>
       </c>
       <c r="D481" s="2" t="s">
-        <v>64</v>
+        <v>159</v>
       </c>
       <c r="E481" s="2" t="s">
-        <v>1932</v>
+        <v>908</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>1933</v>
+        <v>909</v>
       </c>
       <c r="G481" s="2" t="s">
-        <v>1934</v>
+        <v>910</v>
       </c>
       <c r="H481" s="2" t="s">
-        <v>2270</v>
+        <v>2371</v>
       </c>
       <c r="I481" s="2" t="s">
-        <v>1930</v>
+        <v>2026</v>
       </c>
       <c r="J481" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K481" s="2" t="s">
-        <v>2271</v>
+        <v>2372</v>
       </c>
       <c r="L481" s="2" t="s">
-        <v>1937</v>
+        <v>935</v>
       </c>
       <c r="M481" s="2" t="s">
         <v>915</v>
       </c>
       <c r="N481" s="2" t="s">
-        <v>1938</v>
+        <v>2373</v>
       </c>
       <c r="O481" s="2" t="s">
-        <v>930</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="482" spans="1:15">
       <c r="A482" s="2">
-        <v>667</v>
+        <v>640</v>
       </c>
       <c r="B482" s="2" t="s">
-        <v>2015</v>
+        <v>2375</v>
       </c>
       <c r="C482" s="2" t="s">
-        <v>2272</v>
+        <v>918</v>
       </c>
       <c r="D482" s="2" t="s">
-        <v>136</v>
+        <v>29</v>
       </c>
       <c r="E482" s="2" t="s">
-        <v>2273</v>
+        <v>919</v>
       </c>
       <c r="F482" s="2" t="s">
-        <v>2274</v>
+        <v>920</v>
       </c>
       <c r="G482" s="2" t="s">
-        <v>2275</v>
+        <v>921</v>
       </c>
       <c r="H482" s="2" t="s">
-        <v>2276</v>
+        <v>2145</v>
       </c>
       <c r="I482" s="2" t="s">
-        <v>2015</v>
+        <v>2375</v>
       </c>
       <c r="J482" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K482" s="2" t="s">
-        <v>2277</v>
+        <v>2376</v>
       </c>
       <c r="L482" s="2" t="s">
-        <v>2278</v>
+        <v>935</v>
       </c>
       <c r="M482" s="2" t="s">
         <v>915</v>
       </c>
       <c r="N482" s="2" t="s">
-        <v>2279</v>
+        <v>2377</v>
       </c>
       <c r="O482" s="2" t="s">
-        <v>930</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="483" spans="1:15">
       <c r="A483" s="2">
-        <v>668</v>
+        <v>641</v>
       </c>
       <c r="B483" s="2" t="s">
-        <v>2280</v>
+        <v>2375</v>
       </c>
       <c r="C483" s="2" t="s">
-        <v>2281</v>
+        <v>925</v>
       </c>
       <c r="D483" s="2" t="s">
-        <v>136</v>
+        <v>29</v>
       </c>
       <c r="E483" s="2" t="s">
-        <v>2282</v>
+        <v>2378</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>2283</v>
+        <v>927</v>
       </c>
       <c r="G483" s="2" t="s">
-        <v>2284</v>
+        <v>928</v>
       </c>
       <c r="H483" s="2" t="s">
-        <v>1712</v>
+        <v>2371</v>
       </c>
       <c r="I483" s="2" t="s">
-        <v>2280</v>
+        <v>2375</v>
       </c>
       <c r="J483" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K483" s="2" t="s">
-        <v>2285</v>
+        <v>2372</v>
       </c>
       <c r="L483" s="2" t="s">
-        <v>2278</v>
+        <v>935</v>
       </c>
       <c r="M483" s="2" t="s">
         <v>915</v>
       </c>
       <c r="N483" s="2" t="s">
-        <v>2286</v>
+        <v>2379</v>
       </c>
       <c r="O483" s="2" t="s">
-        <v>930</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="484" spans="1:15">
       <c r="A484" s="2">
-        <v>669</v>
+        <v>642</v>
       </c>
       <c r="B484" s="2" t="s">
-        <v>2287</v>
+        <v>2375</v>
       </c>
       <c r="C484" s="2" t="s">
-        <v>2288</v>
+        <v>931</v>
       </c>
       <c r="D484" s="2" t="s">
-        <v>136</v>
+        <v>81</v>
       </c>
       <c r="E484" s="2" t="s">
-        <v>2289</v>
+        <v>932</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>427</v>
+        <v>933</v>
       </c>
       <c r="G484" s="2" t="s">
-        <v>428</v>
+        <v>934</v>
       </c>
       <c r="H484" s="2" t="s">
-        <v>1712</v>
+        <v>2371</v>
       </c>
       <c r="I484" s="2" t="s">
-        <v>2287</v>
+        <v>2375</v>
       </c>
       <c r="J484" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K484" s="2" t="s">
-        <v>2290</v>
+        <v>2372</v>
       </c>
       <c r="L484" s="2" t="s">
-        <v>2278</v>
+        <v>935</v>
       </c>
       <c r="M484" s="2" t="s">
         <v>915</v>
       </c>
       <c r="N484" s="2" t="s">
-        <v>2291</v>
+        <v>2380</v>
       </c>
       <c r="O484" s="2" t="s">
-        <v>930</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="485" spans="1:15">
       <c r="A485" s="2">
-        <v>670</v>
+        <v>643</v>
       </c>
       <c r="B485" s="2" t="s">
-        <v>2292</v>
+        <v>2375</v>
       </c>
       <c r="C485" s="2" t="s">
-        <v>2293</v>
+        <v>937</v>
       </c>
       <c r="D485" s="2" t="s">
-        <v>136</v>
+        <v>159</v>
       </c>
       <c r="E485" s="2" t="s">
-        <v>2294</v>
+        <v>938</v>
       </c>
       <c r="F485" s="2" t="s">
-        <v>432</v>
+        <v>939</v>
       </c>
       <c r="G485" s="2" t="s">
-        <v>433</v>
+        <v>940</v>
       </c>
       <c r="H485" s="2" t="s">
-        <v>1712</v>
+        <v>2381</v>
       </c>
       <c r="I485" s="2" t="s">
-        <v>2292</v>
+        <v>2375</v>
       </c>
       <c r="J485" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K485" s="2" t="s">
-        <v>2290</v>
+        <v>2372</v>
       </c>
       <c r="L485" s="2" t="s">
-        <v>2278</v>
+        <v>935</v>
       </c>
       <c r="M485" s="2" t="s">
         <v>915</v>
       </c>
       <c r="N485" s="2" t="s">
-        <v>2295</v>
+        <v>2382</v>
       </c>
       <c r="O485" s="2" t="s">
-        <v>930</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="486" spans="1:15">
       <c r="A486" s="2">
-        <v>671</v>
+        <v>644</v>
       </c>
       <c r="B486" s="2" t="s">
-        <v>2238</v>
+        <v>2375</v>
       </c>
       <c r="C486" s="2" t="s">
-        <v>2296</v>
+        <v>943</v>
       </c>
       <c r="D486" s="2" t="s">
-        <v>136</v>
+        <v>29</v>
       </c>
       <c r="E486" s="2" t="s">
-        <v>2297</v>
+        <v>944</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>2298</v>
+        <v>945</v>
       </c>
       <c r="G486" s="2" t="s">
-        <v>2299</v>
+        <v>946</v>
       </c>
       <c r="H486" s="2" t="s">
-        <v>1712</v>
+        <v>2145</v>
       </c>
       <c r="I486" s="2" t="s">
-        <v>2238</v>
+        <v>2375</v>
       </c>
       <c r="J486" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K486" s="2" t="s">
-        <v>2300</v>
+        <v>2372</v>
       </c>
       <c r="L486" s="2" t="s">
-        <v>2278</v>
+        <v>935</v>
       </c>
       <c r="M486" s="2" t="s">
         <v>915</v>
       </c>
       <c r="N486" s="2" t="s">
-        <v>2301</v>
+        <v>2383</v>
       </c>
       <c r="O486" s="2" t="s">
-        <v>930</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="487" spans="1:15">
       <c r="A487" s="2">
-        <v>672</v>
+        <v>645</v>
       </c>
       <c r="B487" s="2" t="s">
-        <v>2302</v>
+        <v>2375</v>
       </c>
       <c r="C487" s="2" t="s">
-        <v>2303</v>
+        <v>949</v>
       </c>
       <c r="D487" s="2" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="E487" s="2" t="s">
-        <v>2304</v>
+        <v>2384</v>
       </c>
       <c r="F487" s="2" t="s">
-        <v>2305</v>
+        <v>951</v>
       </c>
       <c r="G487" s="2" t="s">
-        <v>2306</v>
+        <v>952</v>
       </c>
       <c r="H487" s="2" t="s">
-        <v>2307</v>
+        <v>2145</v>
       </c>
       <c r="I487" s="2" t="s">
-        <v>2308</v>
+        <v>2375</v>
       </c>
       <c r="J487" s="2" t="s">
-        <v>45</v>
+        <v>101</v>
       </c>
       <c r="K487" s="2" t="s">
-        <v>2309</v>
+        <v>2372</v>
       </c>
       <c r="L487" s="2" t="s">
-        <v>23</v>
+        <v>935</v>
       </c>
       <c r="M487" s="2" t="s">
-        <v>24</v>
+        <v>915</v>
       </c>
       <c r="N487" s="2" t="s">
-        <v>2310</v>
+        <v>2385</v>
       </c>
       <c r="O487" s="2" t="s">
-        <v>2090</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="488" spans="1:15">
       <c r="A488" s="2">
-        <v>673</v>
+        <v>646</v>
       </c>
       <c r="B488" s="2" t="s">
-        <v>2311</v>
+        <v>2375</v>
       </c>
       <c r="C488" s="2" t="s">
-        <v>1441</v>
+        <v>954</v>
       </c>
       <c r="D488" s="2" t="s">
-        <v>29</v>
+        <v>159</v>
       </c>
       <c r="E488" s="2" t="s">
-        <v>2312</v>
+        <v>955</v>
       </c>
       <c r="F488" s="2" t="s">
-        <v>1443</v>
+        <v>956</v>
       </c>
       <c r="G488" s="2" t="s">
-        <v>1444</v>
-[...1 lines deleted...]
-      <c r="H488" s="2"/>
+        <v>957</v>
+      </c>
+      <c r="H488" s="2" t="s">
+        <v>2145</v>
+      </c>
       <c r="I488" s="2" t="s">
-        <v>2311</v>
-[...2 lines deleted...]
-      <c r="K488" s="2"/>
+        <v>2375</v>
+      </c>
+      <c r="J488" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K488" s="2" t="s">
+        <v>2372</v>
+      </c>
       <c r="L488" s="2" t="s">
-        <v>2313</v>
+        <v>935</v>
       </c>
       <c r="M488" s="2" t="s">
         <v>915</v>
       </c>
       <c r="N488" s="2" t="s">
-        <v>2314</v>
-[...1 lines deleted...]
-      <c r="O488" s="2"/>
+        <v>2386</v>
+      </c>
+      <c r="O488" s="2" t="s">
+        <v>2374</v>
+      </c>
+    </row>
+    <row r="489" spans="1:15">
+      <c r="A489" s="2">
+        <v>647</v>
+      </c>
+      <c r="B489" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C489" s="2" t="s">
+        <v>1978</v>
+      </c>
+      <c r="D489" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="E489" s="2" t="s">
+        <v>1979</v>
+      </c>
+      <c r="F489" s="2" t="s">
+        <v>1980</v>
+      </c>
+      <c r="G489" s="2" t="s">
+        <v>1981</v>
+      </c>
+      <c r="H489" s="2" t="s">
+        <v>1854</v>
+      </c>
+      <c r="I489" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="J489" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K489" s="2" t="s">
+        <v>1982</v>
+      </c>
+      <c r="L489" s="2" t="s">
+        <v>1848</v>
+      </c>
+      <c r="M489" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N489" s="2" t="s">
+        <v>1983</v>
+      </c>
+      <c r="O489" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="490" spans="1:15">
+      <c r="A490" s="2">
+        <v>648</v>
+      </c>
+      <c r="B490" s="2" t="s">
+        <v>1984</v>
+      </c>
+      <c r="C490" s="2" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D490" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="E490" s="2" t="s">
+        <v>1986</v>
+      </c>
+      <c r="F490" s="2" t="s">
+        <v>1987</v>
+      </c>
+      <c r="G490" s="2" t="s">
+        <v>1988</v>
+      </c>
+      <c r="H490" s="2" t="s">
+        <v>2387</v>
+      </c>
+      <c r="I490" s="2" t="s">
+        <v>1984</v>
+      </c>
+      <c r="J490" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K490" s="2" t="s">
+        <v>2388</v>
+      </c>
+      <c r="L490" s="2" t="s">
+        <v>2389</v>
+      </c>
+      <c r="M490" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N490" s="2" t="s">
+        <v>2390</v>
+      </c>
+      <c r="O490" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="491" spans="1:15">
+      <c r="A491" s="2">
+        <v>649</v>
+      </c>
+      <c r="B491" s="2" t="s">
+        <v>2142</v>
+      </c>
+      <c r="C491" s="2" t="s">
+        <v>2391</v>
+      </c>
+      <c r="D491" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="E491" s="2" t="s">
+        <v>2392</v>
+      </c>
+      <c r="F491" s="2" t="s">
+        <v>2393</v>
+      </c>
+      <c r="G491" s="2" t="s">
+        <v>2394</v>
+      </c>
+      <c r="H491" s="2" t="s">
+        <v>1538</v>
+      </c>
+      <c r="I491" s="2" t="s">
+        <v>2142</v>
+      </c>
+      <c r="J491" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K491" s="2" t="s">
+        <v>2395</v>
+      </c>
+      <c r="L491" s="2" t="s">
+        <v>2396</v>
+      </c>
+      <c r="M491" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N491" s="2" t="s">
+        <v>2397</v>
+      </c>
+      <c r="O491" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="492" spans="1:15">
+      <c r="A492" s="2">
+        <v>650</v>
+      </c>
+      <c r="B492" s="2" t="s">
+        <v>1992</v>
+      </c>
+      <c r="C492" s="2" t="s">
+        <v>1993</v>
+      </c>
+      <c r="D492" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E492" s="2" t="s">
+        <v>1994</v>
+      </c>
+      <c r="F492" s="2" t="s">
+        <v>1995</v>
+      </c>
+      <c r="G492" s="2" t="s">
+        <v>1996</v>
+      </c>
+      <c r="H492" s="2" t="s">
+        <v>1997</v>
+      </c>
+      <c r="I492" s="2" t="s">
+        <v>1992</v>
+      </c>
+      <c r="J492" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K492" s="2" t="s">
+        <v>1998</v>
+      </c>
+      <c r="L492" s="2" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M492" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N492" s="2" t="s">
+        <v>2000</v>
+      </c>
+      <c r="O492" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="493" spans="1:15">
+      <c r="A493" s="2">
+        <v>651</v>
+      </c>
+      <c r="B493" s="2" t="s">
+        <v>2398</v>
+      </c>
+      <c r="C493" s="2" t="s">
+        <v>1993</v>
+      </c>
+      <c r="D493" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E493" s="2" t="s">
+        <v>1994</v>
+      </c>
+      <c r="F493" s="2" t="s">
+        <v>1995</v>
+      </c>
+      <c r="G493" s="2" t="s">
+        <v>1996</v>
+      </c>
+      <c r="H493" s="2" t="s">
+        <v>1997</v>
+      </c>
+      <c r="I493" s="2" t="s">
+        <v>2398</v>
+      </c>
+      <c r="J493" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K493" s="2" t="s">
+        <v>2001</v>
+      </c>
+      <c r="L493" s="2" t="s">
+        <v>2002</v>
+      </c>
+      <c r="M493" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N493" s="2" t="s">
+        <v>2003</v>
+      </c>
+      <c r="O493" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="494" spans="1:15">
+      <c r="A494" s="2">
+        <v>652</v>
+      </c>
+      <c r="B494" s="2" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C494" s="2" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D494" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E494" s="2" t="s">
+        <v>2006</v>
+      </c>
+      <c r="F494" s="2" t="s">
+        <v>2007</v>
+      </c>
+      <c r="G494" s="2" t="s">
+        <v>2008</v>
+      </c>
+      <c r="H494" s="2" t="s">
+        <v>2009</v>
+      </c>
+      <c r="I494" s="2" t="s">
+        <v>2004</v>
+      </c>
+      <c r="J494" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K494" s="2" t="s">
+        <v>2010</v>
+      </c>
+      <c r="L494" s="2" t="s">
+        <v>2011</v>
+      </c>
+      <c r="M494" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N494" s="2" t="s">
+        <v>2012</v>
+      </c>
+      <c r="O494" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="495" spans="1:15">
+      <c r="A495" s="2">
+        <v>653</v>
+      </c>
+      <c r="B495" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="C495" s="2" t="s">
+        <v>2013</v>
+      </c>
+      <c r="D495" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E495" s="2" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F495" s="2" t="s">
+        <v>2015</v>
+      </c>
+      <c r="G495" s="2" t="s">
+        <v>2016</v>
+      </c>
+      <c r="H495" s="2" t="s">
+        <v>2017</v>
+      </c>
+      <c r="I495" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="J495" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K495" s="2" t="s">
+        <v>2018</v>
+      </c>
+      <c r="L495" s="2" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M495" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N495" s="2" t="s">
+        <v>1959</v>
+      </c>
+      <c r="O495" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="496" spans="1:15">
+      <c r="A496" s="2">
+        <v>654</v>
+      </c>
+      <c r="B496" s="2" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C496" s="2" t="s">
+        <v>2019</v>
+      </c>
+      <c r="D496" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E496" s="2" t="s">
+        <v>2020</v>
+      </c>
+      <c r="F496" s="2" t="s">
+        <v>2021</v>
+      </c>
+      <c r="G496" s="2" t="s">
+        <v>2022</v>
+      </c>
+      <c r="H496" s="2" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I496" s="2" t="s">
+        <v>2004</v>
+      </c>
+      <c r="J496" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K496" s="2" t="s">
+        <v>2024</v>
+      </c>
+      <c r="L496" s="2" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M496" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N496" s="2" t="s">
+        <v>2025</v>
+      </c>
+      <c r="O496" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="497" spans="1:15">
+      <c r="A497" s="2">
+        <v>655</v>
+      </c>
+      <c r="B497" s="2" t="s">
+        <v>2026</v>
+      </c>
+      <c r="C497" s="2" t="s">
+        <v>2027</v>
+      </c>
+      <c r="D497" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E497" s="2" t="s">
+        <v>2028</v>
+      </c>
+      <c r="F497" s="2" t="s">
+        <v>714</v>
+      </c>
+      <c r="G497" s="2" t="s">
+        <v>715</v>
+      </c>
+      <c r="H497" s="2" t="s">
+        <v>2029</v>
+      </c>
+      <c r="I497" s="2" t="s">
+        <v>2026</v>
+      </c>
+      <c r="J497" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K497" s="2" t="s">
+        <v>2030</v>
+      </c>
+      <c r="L497" s="2" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M497" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N497" s="2" t="s">
+        <v>2025</v>
+      </c>
+      <c r="O497" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="498" spans="1:15">
+      <c r="A498" s="2">
+        <v>656</v>
+      </c>
+      <c r="B498" s="2" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C498" s="2" t="s">
+        <v>2031</v>
+      </c>
+      <c r="D498" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E498" s="2" t="s">
+        <v>2032</v>
+      </c>
+      <c r="F498" s="2" t="s">
+        <v>2033</v>
+      </c>
+      <c r="G498" s="2" t="s">
+        <v>2034</v>
+      </c>
+      <c r="H498" s="2" t="s">
+        <v>2399</v>
+      </c>
+      <c r="I498" s="2" t="s">
+        <v>2004</v>
+      </c>
+      <c r="J498" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K498" s="2" t="s">
+        <v>2036</v>
+      </c>
+      <c r="L498" s="2" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M498" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N498" s="2" t="s">
+        <v>2025</v>
+      </c>
+      <c r="O498" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="499" spans="1:15">
+      <c r="A499" s="2">
+        <v>657</v>
+      </c>
+      <c r="B499" s="2" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C499" s="2" t="s">
+        <v>2037</v>
+      </c>
+      <c r="D499" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E499" s="2" t="s">
+        <v>2038</v>
+      </c>
+      <c r="F499" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="G499" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="H499" s="2" t="s">
+        <v>2039</v>
+      </c>
+      <c r="I499" s="2" t="s">
+        <v>2004</v>
+      </c>
+      <c r="J499" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K499" s="2" t="s">
+        <v>2040</v>
+      </c>
+      <c r="L499" s="2" t="s">
+        <v>2011</v>
+      </c>
+      <c r="M499" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N499" s="2" t="s">
+        <v>2041</v>
+      </c>
+      <c r="O499" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="500" spans="1:15">
+      <c r="A500" s="2">
+        <v>658</v>
+      </c>
+      <c r="B500" s="2" t="s">
+        <v>2400</v>
+      </c>
+      <c r="C500" s="2" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D500" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E500" s="2" t="s">
+        <v>2043</v>
+      </c>
+      <c r="F500" s="2" t="s">
+        <v>703</v>
+      </c>
+      <c r="G500" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="H500" s="2" t="s">
+        <v>2044</v>
+      </c>
+      <c r="I500" s="2" t="s">
+        <v>2400</v>
+      </c>
+      <c r="J500" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K500" s="2" t="s">
+        <v>2045</v>
+      </c>
+      <c r="L500" s="2" t="s">
+        <v>2011</v>
+      </c>
+      <c r="M500" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N500" s="2" t="s">
+        <v>2046</v>
+      </c>
+      <c r="O500" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="501" spans="1:15">
+      <c r="A501" s="2">
+        <v>659</v>
+      </c>
+      <c r="B501" s="2" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C501" s="2" t="s">
+        <v>2047</v>
+      </c>
+      <c r="D501" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E501" s="2" t="s">
+        <v>2048</v>
+      </c>
+      <c r="F501" s="2" t="s">
+        <v>387</v>
+      </c>
+      <c r="G501" s="2" t="s">
+        <v>388</v>
+      </c>
+      <c r="H501" s="2" t="s">
+        <v>2049</v>
+      </c>
+      <c r="I501" s="2" t="s">
+        <v>2004</v>
+      </c>
+      <c r="J501" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K501" s="2" t="s">
+        <v>2050</v>
+      </c>
+      <c r="L501" s="2" t="s">
+        <v>2011</v>
+      </c>
+      <c r="M501" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N501" s="2" t="s">
+        <v>2025</v>
+      </c>
+      <c r="O501" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="502" spans="1:15">
+      <c r="A502" s="2">
+        <v>660</v>
+      </c>
+      <c r="B502" s="2" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C502" s="2" t="s">
+        <v>2051</v>
+      </c>
+      <c r="D502" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E502" s="2" t="s">
+        <v>2052</v>
+      </c>
+      <c r="F502" s="2" t="s">
+        <v>681</v>
+      </c>
+      <c r="G502" s="2" t="s">
+        <v>682</v>
+      </c>
+      <c r="H502" s="2" t="s">
+        <v>2053</v>
+      </c>
+      <c r="I502" s="2" t="s">
+        <v>2004</v>
+      </c>
+      <c r="J502" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K502" s="2" t="s">
+        <v>2054</v>
+      </c>
+      <c r="L502" s="2" t="s">
+        <v>2011</v>
+      </c>
+      <c r="M502" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N502" s="2" t="s">
+        <v>2025</v>
+      </c>
+      <c r="O502" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="503" spans="1:15">
+      <c r="A503" s="2">
+        <v>661</v>
+      </c>
+      <c r="B503" s="2" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C503" s="2" t="s">
+        <v>2055</v>
+      </c>
+      <c r="D503" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E503" s="2" t="s">
+        <v>2056</v>
+      </c>
+      <c r="F503" s="2" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G503" s="2" t="s">
+        <v>2058</v>
+      </c>
+      <c r="H503" s="2" t="s">
+        <v>2059</v>
+      </c>
+      <c r="I503" s="2" t="s">
+        <v>2004</v>
+      </c>
+      <c r="J503" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K503" s="2" t="s">
+        <v>2060</v>
+      </c>
+      <c r="L503" s="2" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M503" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N503" s="2" t="s">
+        <v>2025</v>
+      </c>
+      <c r="O503" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="504" spans="1:15">
+      <c r="A504" s="2">
+        <v>662</v>
+      </c>
+      <c r="B504" s="2" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C504" s="2" t="s">
+        <v>2401</v>
+      </c>
+      <c r="D504" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E504" s="2" t="s">
+        <v>2402</v>
+      </c>
+      <c r="F504" s="2" t="s">
+        <v>2403</v>
+      </c>
+      <c r="G504" s="2" t="s">
+        <v>2404</v>
+      </c>
+      <c r="H504" s="2" t="s">
+        <v>2405</v>
+      </c>
+      <c r="I504" s="2" t="s">
+        <v>2004</v>
+      </c>
+      <c r="J504" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K504" s="2" t="s">
+        <v>2406</v>
+      </c>
+      <c r="L504" s="2" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M504" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N504" s="2" t="s">
+        <v>2025</v>
+      </c>
+      <c r="O504" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="505" spans="1:15">
+      <c r="A505" s="2">
+        <v>663</v>
+      </c>
+      <c r="B505" s="2" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C505" s="2" t="s">
+        <v>2068</v>
+      </c>
+      <c r="D505" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E505" s="2" t="s">
+        <v>2069</v>
+      </c>
+      <c r="F505" s="2" t="s">
+        <v>709</v>
+      </c>
+      <c r="G505" s="2" t="s">
+        <v>710</v>
+      </c>
+      <c r="H505" s="2" t="s">
+        <v>2070</v>
+      </c>
+      <c r="I505" s="2" t="s">
+        <v>2004</v>
+      </c>
+      <c r="J505" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K505" s="2" t="s">
+        <v>2071</v>
+      </c>
+      <c r="L505" s="2" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M505" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N505" s="2" t="s">
+        <v>2025</v>
+      </c>
+      <c r="O505" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="506" spans="1:15">
+      <c r="A506" s="2">
+        <v>664</v>
+      </c>
+      <c r="B506" s="2" t="s">
+        <v>2072</v>
+      </c>
+      <c r="C506" s="2" t="s">
+        <v>2073</v>
+      </c>
+      <c r="D506" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E506" s="2" t="s">
+        <v>2074</v>
+      </c>
+      <c r="F506" s="2" t="s">
+        <v>2075</v>
+      </c>
+      <c r="G506" s="2" t="s">
+        <v>2076</v>
+      </c>
+      <c r="H506" s="2" t="s">
+        <v>2407</v>
+      </c>
+      <c r="I506" s="2" t="s">
+        <v>2072</v>
+      </c>
+      <c r="J506" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K506" s="2" t="s">
+        <v>2081</v>
+      </c>
+      <c r="L506" s="2" t="s">
+        <v>2079</v>
+      </c>
+      <c r="M506" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N506" s="2" t="s">
+        <v>2082</v>
+      </c>
+      <c r="O506" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="507" spans="1:15">
+      <c r="A507" s="2">
+        <v>665</v>
+      </c>
+      <c r="B507" s="2" t="s">
+        <v>2072</v>
+      </c>
+      <c r="C507" s="2" t="s">
+        <v>2073</v>
+      </c>
+      <c r="D507" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E507" s="2" t="s">
+        <v>2074</v>
+      </c>
+      <c r="F507" s="2" t="s">
+        <v>2075</v>
+      </c>
+      <c r="G507" s="2" t="s">
+        <v>2076</v>
+      </c>
+      <c r="H507" s="2" t="s">
+        <v>2407</v>
+      </c>
+      <c r="I507" s="2" t="s">
+        <v>2072</v>
+      </c>
+      <c r="J507" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K507" s="2" t="s">
+        <v>2408</v>
+      </c>
+      <c r="L507" s="2" t="s">
+        <v>2079</v>
+      </c>
+      <c r="M507" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N507" s="2" t="s">
+        <v>2080</v>
+      </c>
+      <c r="O507" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="508" spans="1:15">
+      <c r="A508" s="2">
+        <v>667</v>
+      </c>
+      <c r="B508" s="2" t="s">
+        <v>2152</v>
+      </c>
+      <c r="C508" s="2" t="s">
+        <v>2409</v>
+      </c>
+      <c r="D508" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="E508" s="2" t="s">
+        <v>2410</v>
+      </c>
+      <c r="F508" s="2" t="s">
+        <v>2411</v>
+      </c>
+      <c r="G508" s="2" t="s">
+        <v>2412</v>
+      </c>
+      <c r="H508" s="2" t="s">
+        <v>2413</v>
+      </c>
+      <c r="I508" s="2" t="s">
+        <v>2152</v>
+      </c>
+      <c r="J508" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K508" s="2" t="s">
+        <v>2414</v>
+      </c>
+      <c r="L508" s="2" t="s">
+        <v>2415</v>
+      </c>
+      <c r="M508" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N508" s="2" t="s">
+        <v>2416</v>
+      </c>
+      <c r="O508" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="509" spans="1:15">
+      <c r="A509" s="2">
+        <v>668</v>
+      </c>
+      <c r="B509" s="2" t="s">
+        <v>2417</v>
+      </c>
+      <c r="C509" s="2" t="s">
+        <v>2418</v>
+      </c>
+      <c r="D509" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="E509" s="2" t="s">
+        <v>2419</v>
+      </c>
+      <c r="F509" s="2" t="s">
+        <v>1782</v>
+      </c>
+      <c r="G509" s="2" t="s">
+        <v>1783</v>
+      </c>
+      <c r="H509" s="2" t="s">
+        <v>1712</v>
+      </c>
+      <c r="I509" s="2" t="s">
+        <v>2417</v>
+      </c>
+      <c r="J509" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K509" s="2" t="s">
+        <v>2420</v>
+      </c>
+      <c r="L509" s="2" t="s">
+        <v>2415</v>
+      </c>
+      <c r="M509" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N509" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="O509" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="510" spans="1:15">
+      <c r="A510" s="2">
+        <v>669</v>
+      </c>
+      <c r="B510" s="2" t="s">
+        <v>2422</v>
+      </c>
+      <c r="C510" s="2" t="s">
+        <v>2423</v>
+      </c>
+      <c r="D510" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="E510" s="2" t="s">
+        <v>2424</v>
+      </c>
+      <c r="F510" s="2" t="s">
+        <v>427</v>
+      </c>
+      <c r="G510" s="2" t="s">
+        <v>428</v>
+      </c>
+      <c r="H510" s="2" t="s">
+        <v>1712</v>
+      </c>
+      <c r="I510" s="2" t="s">
+        <v>2422</v>
+      </c>
+      <c r="J510" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K510" s="2" t="s">
+        <v>2425</v>
+      </c>
+      <c r="L510" s="2" t="s">
+        <v>2415</v>
+      </c>
+      <c r="M510" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N510" s="2" t="s">
+        <v>2426</v>
+      </c>
+      <c r="O510" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="511" spans="1:15">
+      <c r="A511" s="2">
+        <v>670</v>
+      </c>
+      <c r="B511" s="2" t="s">
+        <v>2427</v>
+      </c>
+      <c r="C511" s="2" t="s">
+        <v>2428</v>
+      </c>
+      <c r="D511" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="E511" s="2" t="s">
+        <v>2429</v>
+      </c>
+      <c r="F511" s="2" t="s">
+        <v>432</v>
+      </c>
+      <c r="G511" s="2" t="s">
+        <v>433</v>
+      </c>
+      <c r="H511" s="2" t="s">
+        <v>1712</v>
+      </c>
+      <c r="I511" s="2" t="s">
+        <v>2427</v>
+      </c>
+      <c r="J511" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K511" s="2" t="s">
+        <v>2425</v>
+      </c>
+      <c r="L511" s="2" t="s">
+        <v>2415</v>
+      </c>
+      <c r="M511" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N511" s="2" t="s">
+        <v>2430</v>
+      </c>
+      <c r="O511" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="512" spans="1:15">
+      <c r="A512" s="2">
+        <v>671</v>
+      </c>
+      <c r="B512" s="2" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C512" s="2" t="s">
+        <v>2431</v>
+      </c>
+      <c r="D512" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="E512" s="2" t="s">
+        <v>2432</v>
+      </c>
+      <c r="F512" s="2" t="s">
+        <v>2433</v>
+      </c>
+      <c r="G512" s="2" t="s">
+        <v>2434</v>
+      </c>
+      <c r="H512" s="2" t="s">
+        <v>1712</v>
+      </c>
+      <c r="I512" s="2" t="s">
+        <v>2375</v>
+      </c>
+      <c r="J512" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K512" s="2" t="s">
+        <v>2435</v>
+      </c>
+      <c r="L512" s="2" t="s">
+        <v>2415</v>
+      </c>
+      <c r="M512" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N512" s="2" t="s">
+        <v>2436</v>
+      </c>
+      <c r="O512" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="513" spans="1:15">
+      <c r="A513" s="2">
+        <v>672</v>
+      </c>
+      <c r="B513" s="2" t="s">
+        <v>2437</v>
+      </c>
+      <c r="C513" s="2" t="s">
+        <v>2438</v>
+      </c>
+      <c r="D513" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E513" s="2" t="s">
+        <v>2439</v>
+      </c>
+      <c r="F513" s="2" t="s">
+        <v>2440</v>
+      </c>
+      <c r="G513" s="2" t="s">
+        <v>2441</v>
+      </c>
+      <c r="H513" s="2" t="s">
+        <v>2442</v>
+      </c>
+      <c r="I513" s="2" t="s">
+        <v>2443</v>
+      </c>
+      <c r="J513" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="K513" s="2" t="s">
+        <v>2444</v>
+      </c>
+      <c r="L513" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M513" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N513" s="2" t="s">
+        <v>2445</v>
+      </c>
+      <c r="O513" s="2" t="s">
+        <v>2227</v>
+      </c>
+    </row>
+    <row r="514" spans="1:15">
+      <c r="A514" s="2">
+        <v>673</v>
+      </c>
+      <c r="B514" s="2" t="s">
+        <v>2446</v>
+      </c>
+      <c r="C514" s="2" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D514" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E514" s="2" t="s">
+        <v>2447</v>
+      </c>
+      <c r="F514" s="2" t="s">
+        <v>1443</v>
+      </c>
+      <c r="G514" s="2" t="s">
+        <v>1444</v>
+      </c>
+      <c r="H514" s="2"/>
+      <c r="I514" s="2" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J514" s="2"/>
+      <c r="K514" s="2"/>
+      <c r="L514" s="2" t="s">
+        <v>2448</v>
+      </c>
+      <c r="M514" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N514" s="2" t="s">
+        <v>2449</v>
+      </c>
+      <c r="O514" s="2"/>
+    </row>
+    <row r="515" spans="1:15">
+      <c r="A515" s="2">
+        <v>674</v>
+      </c>
+      <c r="B515" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C515" s="2" t="s">
+        <v>2451</v>
+      </c>
+      <c r="D515" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E515" s="2" t="s">
+        <v>2452</v>
+      </c>
+      <c r="F515" s="2" t="s">
+        <v>1757</v>
+      </c>
+      <c r="G515" s="2" t="s">
+        <v>1758</v>
+      </c>
+      <c r="H515" s="2" t="s">
+        <v>2453</v>
+      </c>
+      <c r="I515" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="J515" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K515" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L515" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M515" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N515" s="2" t="s">
+        <v>2455</v>
+      </c>
+      <c r="O515" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="516" spans="1:15">
+      <c r="A516" s="2">
+        <v>675</v>
+      </c>
+      <c r="B516" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C516" s="2" t="s">
+        <v>2456</v>
+      </c>
+      <c r="D516" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E516" s="2" t="s">
+        <v>2457</v>
+      </c>
+      <c r="F516" s="2" t="s">
+        <v>1371</v>
+      </c>
+      <c r="G516" s="2" t="s">
+        <v>1372</v>
+      </c>
+      <c r="H516" s="2" t="s">
+        <v>2458</v>
+      </c>
+      <c r="I516" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="J516" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K516" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L516" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M516" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N516" s="2" t="s">
+        <v>2459</v>
+      </c>
+      <c r="O516" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="517" spans="1:15">
+      <c r="A517" s="2">
+        <v>676</v>
+      </c>
+      <c r="B517" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C517" s="2" t="s">
+        <v>2460</v>
+      </c>
+      <c r="D517" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E517" s="2" t="s">
+        <v>2461</v>
+      </c>
+      <c r="F517" s="2" t="s">
+        <v>1951</v>
+      </c>
+      <c r="G517" s="2" t="s">
+        <v>1952</v>
+      </c>
+      <c r="H517" s="2" t="s">
+        <v>2462</v>
+      </c>
+      <c r="I517" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="J517" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K517" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L517" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M517" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N517" s="2" t="s">
+        <v>2455</v>
+      </c>
+      <c r="O517" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="518" spans="1:15">
+      <c r="A518" s="2">
+        <v>677</v>
+      </c>
+      <c r="B518" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C518" s="2" t="s">
+        <v>2463</v>
+      </c>
+      <c r="D518" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E518" s="2" t="s">
+        <v>2464</v>
+      </c>
+      <c r="F518" s="2" t="s">
+        <v>1937</v>
+      </c>
+      <c r="G518" s="2" t="s">
+        <v>1938</v>
+      </c>
+      <c r="H518" s="2" t="s">
+        <v>2453</v>
+      </c>
+      <c r="I518" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="J518" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K518" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L518" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M518" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N518" s="2" t="s">
+        <v>2455</v>
+      </c>
+      <c r="O518" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="519" spans="1:15">
+      <c r="A519" s="2">
+        <v>678</v>
+      </c>
+      <c r="B519" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C519" s="2" t="s">
+        <v>2465</v>
+      </c>
+      <c r="D519" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E519" s="2" t="s">
+        <v>2466</v>
+      </c>
+      <c r="F519" s="2" t="s">
+        <v>611</v>
+      </c>
+      <c r="G519" s="2" t="s">
+        <v>612</v>
+      </c>
+      <c r="H519" s="2" t="s">
+        <v>2458</v>
+      </c>
+      <c r="I519" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="J519" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K519" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L519" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M519" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N519" s="2" t="s">
+        <v>2455</v>
+      </c>
+      <c r="O519" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="520" spans="1:15">
+      <c r="A520" s="2">
+        <v>679</v>
+      </c>
+      <c r="B520" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C520" s="2" t="s">
+        <v>2467</v>
+      </c>
+      <c r="D520" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E520" s="2" t="s">
+        <v>1339</v>
+      </c>
+      <c r="F520" s="2" t="s">
+        <v>623</v>
+      </c>
+      <c r="G520" s="2" t="s">
+        <v>624</v>
+      </c>
+      <c r="H520" s="2" t="s">
+        <v>2468</v>
+      </c>
+      <c r="I520" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="J520" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K520" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L520" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M520" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N520" s="2" t="s">
+        <v>2455</v>
+      </c>
+      <c r="O520" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="521" spans="1:15">
+      <c r="A521" s="2">
+        <v>680</v>
+      </c>
+      <c r="B521" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C521" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="D521" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E521" s="2" t="s">
+        <v>2469</v>
+      </c>
+      <c r="F521" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="G521" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="H521" s="2" t="s">
+        <v>2470</v>
+      </c>
+      <c r="I521" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="J521" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K521" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L521" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M521" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N521" s="2" t="s">
+        <v>2471</v>
+      </c>
+      <c r="O521" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="522" spans="1:15">
+      <c r="A522" s="2">
+        <v>681</v>
+      </c>
+      <c r="B522" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C522" s="2" t="s">
+        <v>2472</v>
+      </c>
+      <c r="D522" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E522" s="2" t="s">
+        <v>2473</v>
+      </c>
+      <c r="F522" s="2" t="s">
+        <v>1942</v>
+      </c>
+      <c r="G522" s="2" t="s">
+        <v>1943</v>
+      </c>
+      <c r="H522" s="2" t="s">
+        <v>2474</v>
+      </c>
+      <c r="I522" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="J522" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K522" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L522" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M522" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N522" s="2" t="s">
+        <v>2455</v>
+      </c>
+      <c r="O522" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="523" spans="1:15">
+      <c r="A523" s="2">
+        <v>682</v>
+      </c>
+      <c r="B523" s="2" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C523" s="2" t="s">
+        <v>2475</v>
+      </c>
+      <c r="D523" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E523" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="F523" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="G523" s="2" t="s">
+        <v>643</v>
+      </c>
+      <c r="H523" s="2" t="s">
+        <v>1864</v>
+      </c>
+      <c r="I523" s="2" t="s">
+        <v>1233</v>
+      </c>
+      <c r="J523" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K523" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L523" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M523" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N523" s="2" t="s">
+        <v>2455</v>
+      </c>
+      <c r="O523" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="524" spans="1:15">
+      <c r="A524" s="2">
+        <v>683</v>
+      </c>
+      <c r="B524" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C524" s="2" t="s">
+        <v>634</v>
+      </c>
+      <c r="D524" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E524" s="2" t="s">
+        <v>1445</v>
+      </c>
+      <c r="F524" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="G524" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="H524" s="2" t="s">
+        <v>1864</v>
+      </c>
+      <c r="I524" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="J524" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K524" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L524" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M524" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N524" s="2" t="s">
+        <v>2455</v>
+      </c>
+      <c r="O524" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="525" spans="1:15">
+      <c r="A525" s="2">
+        <v>684</v>
+      </c>
+      <c r="B525" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C525" s="2" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D525" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E525" s="2" t="s">
+        <v>1447</v>
+      </c>
+      <c r="F525" s="2" t="s">
+        <v>1448</v>
+      </c>
+      <c r="G525" s="2" t="s">
+        <v>1449</v>
+      </c>
+      <c r="H525" s="2" t="s">
+        <v>2477</v>
+      </c>
+      <c r="I525" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="J525" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K525" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L525" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M525" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N525" s="2" t="s">
+        <v>2455</v>
+      </c>
+      <c r="O525" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="526" spans="1:15">
+      <c r="A526" s="2">
+        <v>685</v>
+      </c>
+      <c r="B526" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C526" s="2" t="s">
+        <v>615</v>
+      </c>
+      <c r="D526" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E526" s="2" t="s">
+        <v>1177</v>
+      </c>
+      <c r="F526" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="G526" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="H526" s="2" t="s">
+        <v>2462</v>
+      </c>
+      <c r="I526" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="J526" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K526" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L526" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M526" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N526" s="2" t="s">
+        <v>2455</v>
+      </c>
+      <c r="O526" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="527" spans="1:15">
+      <c r="A527" s="2">
+        <v>686</v>
+      </c>
+      <c r="B527" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C527" s="2" t="s">
+        <v>628</v>
+      </c>
+      <c r="D527" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E527" s="2" t="s">
+        <v>2478</v>
+      </c>
+      <c r="F527" s="2" t="s">
+        <v>630</v>
+      </c>
+      <c r="G527" s="2" t="s">
+        <v>631</v>
+      </c>
+      <c r="H527" s="2" t="s">
+        <v>2479</v>
+      </c>
+      <c r="I527" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="J527" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K527" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L527" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M527" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N527" s="2" t="s">
+        <v>2455</v>
+      </c>
+      <c r="O527" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="528" spans="1:15">
+      <c r="A528" s="2">
+        <v>687</v>
+      </c>
+      <c r="B528" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C528" s="2" t="s">
+        <v>2480</v>
+      </c>
+      <c r="D528" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E528" s="2" t="s">
+        <v>2481</v>
+      </c>
+      <c r="F528" s="2" t="s">
+        <v>1874</v>
+      </c>
+      <c r="G528" s="2" t="s">
+        <v>1875</v>
+      </c>
+      <c r="H528" s="2" t="s">
+        <v>1864</v>
+      </c>
+      <c r="I528" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="J528" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K528" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L528" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M528" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N528" s="2" t="s">
+        <v>2455</v>
+      </c>
+      <c r="O528" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="529" spans="1:15">
+      <c r="A529" s="2">
+        <v>688</v>
+      </c>
+      <c r="B529" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C529" s="2" t="s">
+        <v>2482</v>
+      </c>
+      <c r="D529" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E529" s="2" t="s">
+        <v>2483</v>
+      </c>
+      <c r="F529" s="2" t="s">
+        <v>2484</v>
+      </c>
+      <c r="G529" s="2" t="s">
+        <v>2485</v>
+      </c>
+      <c r="H529" s="2" t="s">
+        <v>1864</v>
+      </c>
+      <c r="I529" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="J529" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K529" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L529" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M529" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N529" s="2" t="s">
+        <v>2455</v>
+      </c>
+      <c r="O529" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="530" spans="1:15">
+      <c r="A530" s="2">
+        <v>689</v>
+      </c>
+      <c r="B530" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C530" s="2" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D530" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E530" s="2" t="s">
+        <v>1195</v>
+      </c>
+      <c r="F530" s="2" t="s">
+        <v>1196</v>
+      </c>
+      <c r="G530" s="2" t="s">
+        <v>1197</v>
+      </c>
+      <c r="H530" s="2" t="s">
+        <v>1864</v>
+      </c>
+      <c r="I530" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="J530" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K530" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L530" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M530" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N530" s="2" t="s">
+        <v>2455</v>
+      </c>
+      <c r="O530" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="531" spans="1:15">
+      <c r="A531" s="2">
+        <v>690</v>
+      </c>
+      <c r="B531" s="2" t="s">
+        <v>2486</v>
+      </c>
+      <c r="C531" s="2" t="s">
+        <v>2487</v>
+      </c>
+      <c r="D531" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E531" s="2" t="s">
+        <v>2488</v>
+      </c>
+      <c r="F531" s="2" t="s">
+        <v>1881</v>
+      </c>
+      <c r="G531" s="2" t="s">
+        <v>1882</v>
+      </c>
+      <c r="H531" s="2" t="s">
+        <v>1864</v>
+      </c>
+      <c r="I531" s="2" t="s">
+        <v>2486</v>
+      </c>
+      <c r="J531" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K531" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L531" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M531" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N531" s="2" t="s">
+        <v>2489</v>
+      </c>
+      <c r="O531" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="532" spans="1:15">
+      <c r="A532" s="2">
+        <v>691</v>
+      </c>
+      <c r="B532" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C532" s="2" t="s">
+        <v>1451</v>
+      </c>
+      <c r="D532" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E532" s="2" t="s">
+        <v>1452</v>
+      </c>
+      <c r="F532" s="2" t="s">
+        <v>1453</v>
+      </c>
+      <c r="G532" s="2" t="s">
+        <v>1454</v>
+      </c>
+      <c r="H532" s="2" t="s">
+        <v>2490</v>
+      </c>
+      <c r="I532" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="J532" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K532" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L532" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M532" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N532" s="2" t="s">
+        <v>2455</v>
+      </c>
+      <c r="O532" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="533" spans="1:15">
+      <c r="A533" s="2">
+        <v>692</v>
+      </c>
+      <c r="B533" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C533" s="2" t="s">
+        <v>634</v>
+      </c>
+      <c r="D533" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E533" s="2" t="s">
+        <v>1445</v>
+      </c>
+      <c r="F533" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="G533" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="H533" s="2" t="s">
+        <v>1864</v>
+      </c>
+      <c r="I533" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="J533" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K533" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L533" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M533" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N533" s="2" t="s">
+        <v>2491</v>
+      </c>
+      <c r="O533" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="534" spans="1:15">
+      <c r="A534" s="2">
+        <v>693</v>
+      </c>
+      <c r="B534" s="2" t="s">
+        <v>2492</v>
+      </c>
+      <c r="C534" s="2" t="s">
+        <v>2480</v>
+      </c>
+      <c r="D534" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E534" s="2" t="s">
+        <v>2481</v>
+      </c>
+      <c r="F534" s="2" t="s">
+        <v>1874</v>
+      </c>
+      <c r="G534" s="2" t="s">
+        <v>1875</v>
+      </c>
+      <c r="H534" s="2" t="s">
+        <v>1864</v>
+      </c>
+      <c r="I534" s="2" t="s">
+        <v>2492</v>
+      </c>
+      <c r="J534" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K534" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L534" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M534" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N534" s="2" t="s">
+        <v>2455</v>
+      </c>
+      <c r="O534" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="535" spans="1:15">
+      <c r="A535" s="2">
+        <v>694</v>
+      </c>
+      <c r="B535" s="2" t="s">
+        <v>2493</v>
+      </c>
+      <c r="C535" s="2" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D535" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E535" s="2" t="s">
+        <v>1370</v>
+      </c>
+      <c r="F535" s="2" t="s">
+        <v>1371</v>
+      </c>
+      <c r="G535" s="2" t="s">
+        <v>1372</v>
+      </c>
+      <c r="H535" s="2" t="s">
+        <v>2458</v>
+      </c>
+      <c r="I535" s="2" t="s">
+        <v>2493</v>
+      </c>
+      <c r="J535" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K535" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L535" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M535" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N535" s="2" t="s">
+        <v>2494</v>
+      </c>
+      <c r="O535" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="536" spans="1:15">
+      <c r="A536" s="2">
+        <v>695</v>
+      </c>
+      <c r="B536" s="2" t="s">
+        <v>2495</v>
+      </c>
+      <c r="C536" s="2" t="s">
+        <v>640</v>
+      </c>
+      <c r="D536" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E536" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="F536" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="G536" s="2" t="s">
+        <v>643</v>
+      </c>
+      <c r="H536" s="2" t="s">
+        <v>1864</v>
+      </c>
+      <c r="I536" s="2" t="s">
+        <v>2495</v>
+      </c>
+      <c r="J536" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K536" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L536" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M536" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N536" s="2" t="s">
+        <v>1660</v>
+      </c>
+      <c r="O536" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="537" spans="1:15">
+      <c r="A537" s="2">
+        <v>696</v>
+      </c>
+      <c r="B537" s="2" t="s">
+        <v>2496</v>
+      </c>
+      <c r="C537" s="2" t="s">
+        <v>2497</v>
+      </c>
+      <c r="D537" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E537" s="2" t="s">
+        <v>2498</v>
+      </c>
+      <c r="F537" s="2" t="s">
+        <v>2499</v>
+      </c>
+      <c r="G537" s="2" t="s">
+        <v>2500</v>
+      </c>
+      <c r="H537" s="2" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I537" s="2" t="s">
+        <v>2496</v>
+      </c>
+      <c r="J537" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K537" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L537" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M537" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N537" s="2" t="s">
+        <v>2502</v>
+      </c>
+      <c r="O537" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="538" spans="1:15">
+      <c r="A538" s="2">
+        <v>697</v>
+      </c>
+      <c r="B538" s="2" t="s">
+        <v>2503</v>
+      </c>
+      <c r="C538" s="2" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D538" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E538" s="2" t="s">
+        <v>2504</v>
+      </c>
+      <c r="F538" s="2" t="s">
+        <v>1457</v>
+      </c>
+      <c r="G538" s="2" t="s">
+        <v>1458</v>
+      </c>
+      <c r="H538" s="2" t="s">
+        <v>2505</v>
+      </c>
+      <c r="I538" s="2" t="s">
+        <v>2503</v>
+      </c>
+      <c r="J538" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K538" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L538" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M538" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N538" s="2" t="s">
+        <v>2506</v>
+      </c>
+      <c r="O538" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="539" spans="1:15">
+      <c r="A539" s="2">
+        <v>698</v>
+      </c>
+      <c r="B539" s="2" t="s">
+        <v>2503</v>
+      </c>
+      <c r="C539" s="2" t="s">
+        <v>2507</v>
+      </c>
+      <c r="D539" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E539" s="2" t="s">
+        <v>2508</v>
+      </c>
+      <c r="F539" s="2" t="s">
+        <v>2509</v>
+      </c>
+      <c r="G539" s="2" t="s">
+        <v>2510</v>
+      </c>
+      <c r="H539" s="2" t="s">
+        <v>1864</v>
+      </c>
+      <c r="I539" s="2" t="s">
+        <v>2503</v>
+      </c>
+      <c r="J539" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K539" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L539" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M539" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N539" s="2" t="s">
+        <v>2511</v>
+      </c>
+      <c r="O539" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="540" spans="1:15">
+      <c r="A540" s="2">
+        <v>699</v>
+      </c>
+      <c r="B540" s="2" t="s">
+        <v>2503</v>
+      </c>
+      <c r="C540" s="2" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D540" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E540" s="2" t="s">
+        <v>1177</v>
+      </c>
+      <c r="F540" s="2" t="s">
+        <v>1281</v>
+      </c>
+      <c r="G540" s="2" t="s">
+        <v>1282</v>
+      </c>
+      <c r="H540" s="2" t="s">
+        <v>2479</v>
+      </c>
+      <c r="I540" s="2" t="s">
+        <v>2503</v>
+      </c>
+      <c r="J540" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K540" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L540" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M540" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N540" s="2" t="s">
+        <v>2512</v>
+      </c>
+      <c r="O540" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="541" spans="1:15">
+      <c r="A541" s="2">
+        <v>700</v>
+      </c>
+      <c r="B541" s="2" t="s">
+        <v>1614</v>
+      </c>
+      <c r="C541" s="2" t="s">
+        <v>2513</v>
+      </c>
+      <c r="D541" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E541" s="2" t="s">
+        <v>2514</v>
+      </c>
+      <c r="F541" s="2" t="s">
+        <v>2515</v>
+      </c>
+      <c r="G541" s="2" t="s">
+        <v>2516</v>
+      </c>
+      <c r="H541" s="2" t="s">
+        <v>2517</v>
+      </c>
+      <c r="I541" s="2" t="s">
+        <v>1614</v>
+      </c>
+      <c r="J541" s="2" t="s">
+        <v>2495</v>
+      </c>
+      <c r="K541" s="2" t="s">
+        <v>2518</v>
+      </c>
+      <c r="L541" s="2" t="s">
+        <v>1688</v>
+      </c>
+      <c r="M541" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N541" s="2" t="s">
+        <v>2519</v>
+      </c>
+      <c r="O541" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="542" spans="1:15">
+      <c r="A542" s="2">
+        <v>701</v>
+      </c>
+      <c r="B542" s="2" t="s">
+        <v>1614</v>
+      </c>
+      <c r="C542" s="2" t="s">
+        <v>2520</v>
+      </c>
+      <c r="D542" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E542" s="2" t="s">
+        <v>2521</v>
+      </c>
+      <c r="F542" s="2" t="s">
+        <v>2440</v>
+      </c>
+      <c r="G542" s="2" t="s">
+        <v>2441</v>
+      </c>
+      <c r="H542" s="2" t="s">
+        <v>2522</v>
+      </c>
+      <c r="I542" s="2" t="s">
+        <v>1614</v>
+      </c>
+      <c r="J542" s="2" t="s">
+        <v>2523</v>
+      </c>
+      <c r="K542" s="2" t="s">
+        <v>2518</v>
+      </c>
+      <c r="L542" s="2" t="s">
+        <v>1688</v>
+      </c>
+      <c r="M542" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N542" s="2" t="s">
+        <v>1901</v>
+      </c>
+      <c r="O542" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="543" spans="1:15">
+      <c r="A543" s="2">
+        <v>702</v>
+      </c>
+      <c r="B543" s="2" t="s">
+        <v>1614</v>
+      </c>
+      <c r="C543" s="2" t="s">
+        <v>2524</v>
+      </c>
+      <c r="D543" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E543" s="2" t="s">
+        <v>2525</v>
+      </c>
+      <c r="F543" s="2" t="s">
+        <v>2526</v>
+      </c>
+      <c r="G543" s="2" t="s">
+        <v>2527</v>
+      </c>
+      <c r="H543" s="2" t="s">
+        <v>2528</v>
+      </c>
+      <c r="I543" s="2" t="s">
+        <v>1614</v>
+      </c>
+      <c r="J543" s="2" t="s">
+        <v>2529</v>
+      </c>
+      <c r="K543" s="2" t="s">
+        <v>2518</v>
+      </c>
+      <c r="L543" s="2" t="s">
+        <v>1688</v>
+      </c>
+      <c r="M543" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N543" s="2" t="s">
+        <v>1901</v>
+      </c>
+      <c r="O543" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="544" spans="1:15">
+      <c r="A544" s="2">
+        <v>703</v>
+      </c>
+      <c r="B544" s="2" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C544" s="2" t="s">
+        <v>2530</v>
+      </c>
+      <c r="D544" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E544" s="2" t="s">
+        <v>2531</v>
+      </c>
+      <c r="F544" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="G544" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H544" s="2" t="s">
+        <v>2532</v>
+      </c>
+      <c r="I544" s="2" t="s">
+        <v>1621</v>
+      </c>
+      <c r="J544" s="2" t="s">
+        <v>2533</v>
+      </c>
+      <c r="K544" s="2" t="s">
+        <v>2518</v>
+      </c>
+      <c r="L544" s="2" t="s">
+        <v>1688</v>
+      </c>
+      <c r="M544" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N544" s="2" t="s">
+        <v>1901</v>
+      </c>
+      <c r="O544" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="545" spans="1:15">
+      <c r="A545" s="2">
+        <v>704</v>
+      </c>
+      <c r="B545" s="2" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C545" s="2" t="s">
+        <v>2534</v>
+      </c>
+      <c r="D545" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E545" s="2" t="s">
+        <v>2535</v>
+      </c>
+      <c r="F545" s="2" t="s">
+        <v>866</v>
+      </c>
+      <c r="G545" s="2" t="s">
+        <v>867</v>
+      </c>
+      <c r="H545" s="2" t="s">
+        <v>2536</v>
+      </c>
+      <c r="I545" s="2" t="s">
+        <v>1621</v>
+      </c>
+      <c r="J545" s="2" t="s">
+        <v>2537</v>
+      </c>
+      <c r="K545" s="2" t="s">
+        <v>2518</v>
+      </c>
+      <c r="L545" s="2" t="s">
+        <v>1688</v>
+      </c>
+      <c r="M545" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N545" s="2" t="s">
+        <v>1901</v>
+      </c>
+      <c r="O545" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="546" spans="1:15">
+      <c r="A546" s="2">
+        <v>705</v>
+      </c>
+      <c r="B546" s="2" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C546" s="2" t="s">
+        <v>2538</v>
+      </c>
+      <c r="D546" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E546" s="2" t="s">
+        <v>2539</v>
+      </c>
+      <c r="F546" s="2" t="s">
+        <v>2540</v>
+      </c>
+      <c r="G546" s="2" t="s">
+        <v>2541</v>
+      </c>
+      <c r="H546" s="2" t="s">
+        <v>2542</v>
+      </c>
+      <c r="I546" s="2" t="s">
+        <v>1621</v>
+      </c>
+      <c r="J546" s="2" t="s">
+        <v>2533</v>
+      </c>
+      <c r="K546" s="2" t="s">
+        <v>2518</v>
+      </c>
+      <c r="L546" s="2" t="s">
+        <v>1688</v>
+      </c>
+      <c r="M546" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N546" s="2" t="s">
+        <v>1901</v>
+      </c>
+      <c r="O546" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="547" spans="1:15">
+      <c r="A547" s="2">
+        <v>706</v>
+      </c>
+      <c r="B547" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C547" s="2" t="s">
+        <v>2158</v>
+      </c>
+      <c r="D547" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E547" s="2" t="s">
+        <v>2543</v>
+      </c>
+      <c r="F547" s="2" t="s">
+        <v>2160</v>
+      </c>
+      <c r="G547" s="2" t="s">
+        <v>2161</v>
+      </c>
+      <c r="H547" s="2" t="s">
+        <v>2544</v>
+      </c>
+      <c r="I547" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J547" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K547" s="2" t="s">
+        <v>2545</v>
+      </c>
+      <c r="L547" s="2" t="s">
+        <v>2546</v>
+      </c>
+      <c r="M547" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N547" s="2" t="s">
+        <v>2547</v>
+      </c>
+      <c r="O547" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="548" spans="1:15">
+      <c r="A548" s="2">
+        <v>707</v>
+      </c>
+      <c r="B548" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C548" s="2" t="s">
+        <v>2548</v>
+      </c>
+      <c r="D548" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E548" s="2" t="s">
+        <v>2549</v>
+      </c>
+      <c r="F548" s="2" t="s">
+        <v>2171</v>
+      </c>
+      <c r="G548" s="2" t="s">
+        <v>2172</v>
+      </c>
+      <c r="H548" s="2" t="s">
+        <v>2544</v>
+      </c>
+      <c r="I548" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J548" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K548" s="2" t="s">
+        <v>2545</v>
+      </c>
+      <c r="L548" s="2" t="s">
+        <v>2546</v>
+      </c>
+      <c r="M548" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N548" s="2" t="s">
+        <v>2550</v>
+      </c>
+      <c r="O548" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="549" spans="1:15">
+      <c r="A549" s="2">
+        <v>708</v>
+      </c>
+      <c r="B549" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C549" s="2" t="s">
+        <v>2551</v>
+      </c>
+      <c r="D549" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E549" s="2" t="s">
+        <v>2543</v>
+      </c>
+      <c r="F549" s="2" t="s">
+        <v>1407</v>
+      </c>
+      <c r="G549" s="2" t="s">
+        <v>1408</v>
+      </c>
+      <c r="H549" s="2" t="s">
+        <v>2544</v>
+      </c>
+      <c r="I549" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J549" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K549" s="2" t="s">
+        <v>2545</v>
+      </c>
+      <c r="L549" s="2" t="s">
+        <v>2546</v>
+      </c>
+      <c r="M549" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N549" s="2" t="s">
+        <v>2552</v>
+      </c>
+      <c r="O549" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="550" spans="1:15">
+      <c r="A550" s="2">
+        <v>709</v>
+      </c>
+      <c r="B550" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C550" s="2" t="s">
+        <v>2553</v>
+      </c>
+      <c r="D550" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E550" s="2" t="s">
+        <v>2554</v>
+      </c>
+      <c r="F550" s="2" t="s">
+        <v>2555</v>
+      </c>
+      <c r="G550" s="2" t="s">
+        <v>2556</v>
+      </c>
+      <c r="H550" s="2" t="s">
+        <v>2544</v>
+      </c>
+      <c r="I550" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J550" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K550" s="2" t="s">
+        <v>2545</v>
+      </c>
+      <c r="L550" s="2" t="s">
+        <v>2546</v>
+      </c>
+      <c r="M550" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N550" s="2" t="s">
+        <v>2557</v>
+      </c>
+      <c r="O550" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="551" spans="1:15">
+      <c r="A551" s="2">
+        <v>710</v>
+      </c>
+      <c r="B551" s="2" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C551" s="2" t="s">
+        <v>2559</v>
+      </c>
+      <c r="D551" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="E551" s="2" t="s">
+        <v>2560</v>
+      </c>
+      <c r="F551" s="2" t="s">
+        <v>1987</v>
+      </c>
+      <c r="G551" s="2" t="s">
+        <v>1988</v>
+      </c>
+      <c r="H551" s="2" t="s">
+        <v>2561</v>
+      </c>
+      <c r="I551" s="2" t="s">
+        <v>2558</v>
+      </c>
+      <c r="J551" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K551" s="2" t="s">
+        <v>2562</v>
+      </c>
+      <c r="L551" s="2" t="s">
+        <v>1848</v>
+      </c>
+      <c r="M551" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N551" s="2" t="s">
+        <v>2563</v>
+      </c>
+      <c r="O551" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="552" spans="1:15">
+      <c r="A552" s="2">
+        <v>711</v>
+      </c>
+      <c r="B552" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="C552" s="2" t="s">
+        <v>2564</v>
+      </c>
+      <c r="D552" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E552" s="2" t="s">
+        <v>2565</v>
+      </c>
+      <c r="F552" s="2" t="s">
+        <v>2566</v>
+      </c>
+      <c r="G552" s="2" t="s">
+        <v>2567</v>
+      </c>
+      <c r="H552" s="2" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I552" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="J552" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K552" s="2" t="s">
+        <v>2569</v>
+      </c>
+      <c r="L552" s="2" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M552" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N552" s="2" t="s">
+        <v>2571</v>
+      </c>
+      <c r="O552" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="553" spans="1:15">
+      <c r="A553" s="2">
+        <v>712</v>
+      </c>
+      <c r="B553" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="C553" s="2" t="s">
+        <v>2572</v>
+      </c>
+      <c r="D553" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="E553" s="2" t="s">
+        <v>2573</v>
+      </c>
+      <c r="F553" s="2" t="s">
+        <v>2411</v>
+      </c>
+      <c r="G553" s="2" t="s">
+        <v>2412</v>
+      </c>
+      <c r="H553" s="2" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I553" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="J553" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K553" s="2" t="s">
+        <v>2569</v>
+      </c>
+      <c r="L553" s="2" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M553" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N553" s="2" t="s">
+        <v>2574</v>
+      </c>
+      <c r="O553" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="554" spans="1:15">
+      <c r="A554" s="2">
+        <v>713</v>
+      </c>
+      <c r="B554" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="C554" s="2" t="s">
+        <v>2575</v>
+      </c>
+      <c r="D554" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="E554" s="2" t="s">
+        <v>2576</v>
+      </c>
+      <c r="F554" s="2" t="s">
+        <v>2577</v>
+      </c>
+      <c r="G554" s="2" t="s">
+        <v>2578</v>
+      </c>
+      <c r="H554" s="2" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I554" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="J554" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K554" s="2" t="s">
+        <v>2569</v>
+      </c>
+      <c r="L554" s="2" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M554" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N554" s="2" t="s">
+        <v>2579</v>
+      </c>
+      <c r="O554" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="555" spans="1:15">
+      <c r="A555" s="2">
+        <v>714</v>
+      </c>
+      <c r="B555" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="C555" s="2" t="s">
+        <v>2580</v>
+      </c>
+      <c r="D555" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E555" s="2" t="s">
+        <v>2581</v>
+      </c>
+      <c r="F555" s="2" t="s">
+        <v>2582</v>
+      </c>
+      <c r="G555" s="2" t="s">
+        <v>2583</v>
+      </c>
+      <c r="H555" s="2" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I555" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="J555" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K555" s="2" t="s">
+        <v>2569</v>
+      </c>
+      <c r="L555" s="2" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M555" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N555" s="2" t="s">
+        <v>2571</v>
+      </c>
+      <c r="O555" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="556" spans="1:15">
+      <c r="A556" s="2">
+        <v>715</v>
+      </c>
+      <c r="B556" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="C556" s="2" t="s">
+        <v>2584</v>
+      </c>
+      <c r="D556" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E556" s="2" t="s">
+        <v>2585</v>
+      </c>
+      <c r="F556" s="2" t="s">
+        <v>2586</v>
+      </c>
+      <c r="G556" s="2" t="s">
+        <v>2587</v>
+      </c>
+      <c r="H556" s="2" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I556" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="J556" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K556" s="2" t="s">
+        <v>2569</v>
+      </c>
+      <c r="L556" s="2" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M556" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N556" s="2" t="s">
+        <v>2588</v>
+      </c>
+      <c r="O556" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="557" spans="1:15">
+      <c r="A557" s="2">
+        <v>716</v>
+      </c>
+      <c r="B557" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="C557" s="2" t="s">
+        <v>2589</v>
+      </c>
+      <c r="D557" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E557" s="2" t="s">
+        <v>2590</v>
+      </c>
+      <c r="F557" s="2" t="s">
+        <v>2591</v>
+      </c>
+      <c r="G557" s="2" t="s">
+        <v>2592</v>
+      </c>
+      <c r="H557" s="2" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I557" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="J557" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K557" s="2" t="s">
+        <v>2569</v>
+      </c>
+      <c r="L557" s="2" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M557" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N557" s="2" t="s">
+        <v>2593</v>
+      </c>
+      <c r="O557" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="558" spans="1:15">
+      <c r="A558" s="2">
+        <v>717</v>
+      </c>
+      <c r="B558" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="C558" s="2" t="s">
+        <v>2594</v>
+      </c>
+      <c r="D558" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="E558" s="2" t="s">
+        <v>2595</v>
+      </c>
+      <c r="F558" s="2" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G558" s="2" t="s">
+        <v>2597</v>
+      </c>
+      <c r="H558" s="2" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I558" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="J558" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K558" s="2" t="s">
+        <v>2569</v>
+      </c>
+      <c r="L558" s="2" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M558" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N558" s="2" t="s">
+        <v>2571</v>
+      </c>
+      <c r="O558" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="559" spans="1:15">
+      <c r="A559" s="2">
+        <v>718</v>
+      </c>
+      <c r="B559" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="C559" s="2" t="s">
+        <v>2598</v>
+      </c>
+      <c r="D559" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E559" s="2" t="s">
+        <v>2599</v>
+      </c>
+      <c r="F559" s="2" t="s">
+        <v>2600</v>
+      </c>
+      <c r="G559" s="2" t="s">
+        <v>2601</v>
+      </c>
+      <c r="H559" s="2" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I559" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="J559" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K559" s="2" t="s">
+        <v>2569</v>
+      </c>
+      <c r="L559" s="2" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M559" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N559" s="2" t="s">
+        <v>2602</v>
+      </c>
+      <c r="O559" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="560" spans="1:15">
+      <c r="A560" s="2">
+        <v>719</v>
+      </c>
+      <c r="B560" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="C560" s="2" t="s">
+        <v>2603</v>
+      </c>
+      <c r="D560" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E560" s="2" t="s">
+        <v>2604</v>
+      </c>
+      <c r="F560" s="2" t="s">
+        <v>2605</v>
+      </c>
+      <c r="G560" s="2" t="s">
+        <v>2606</v>
+      </c>
+      <c r="H560" s="2" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I560" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="J560" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K560" s="2" t="s">
+        <v>2569</v>
+      </c>
+      <c r="L560" s="2" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M560" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N560" s="2" t="s">
+        <v>2607</v>
+      </c>
+      <c r="O560" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="561" spans="1:15">
+      <c r="A561" s="2">
+        <v>720</v>
+      </c>
+      <c r="B561" s="2" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C561" s="2" t="s">
+        <v>2572</v>
+      </c>
+      <c r="D561" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="E561" s="2" t="s">
+        <v>2608</v>
+      </c>
+      <c r="F561" s="2" t="s">
+        <v>2411</v>
+      </c>
+      <c r="G561" s="2" t="s">
+        <v>2412</v>
+      </c>
+      <c r="H561" s="2" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I561" s="2" t="s">
+        <v>2558</v>
+      </c>
+      <c r="J561" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K561" s="2" t="s">
+        <v>2609</v>
+      </c>
+      <c r="L561" s="2" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M561" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N561" s="2" t="s">
+        <v>2610</v>
+      </c>
+      <c r="O561" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="562" spans="1:15">
+      <c r="A562" s="2">
+        <v>721</v>
+      </c>
+      <c r="B562" s="2" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C562" s="2" t="s">
+        <v>2611</v>
+      </c>
+      <c r="D562" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="E562" s="2" t="s">
+        <v>2612</v>
+      </c>
+      <c r="F562" s="2" t="s">
+        <v>2613</v>
+      </c>
+      <c r="G562" s="2" t="s">
+        <v>2614</v>
+      </c>
+      <c r="H562" s="2" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I562" s="2" t="s">
+        <v>2558</v>
+      </c>
+      <c r="J562" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K562" s="2" t="s">
+        <v>2609</v>
+      </c>
+      <c r="L562" s="2" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M562" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N562" s="2" t="s">
+        <v>2615</v>
+      </c>
+      <c r="O562" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="563" spans="1:15">
+      <c r="A563" s="2">
+        <v>722</v>
+      </c>
+      <c r="B563" s="2" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C563" s="2" t="s">
+        <v>2616</v>
+      </c>
+      <c r="D563" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E563" s="2" t="s">
+        <v>2617</v>
+      </c>
+      <c r="F563" s="2" t="s">
+        <v>2618</v>
+      </c>
+      <c r="G563" s="2" t="s">
+        <v>2619</v>
+      </c>
+      <c r="H563" s="2" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I563" s="2" t="s">
+        <v>2558</v>
+      </c>
+      <c r="J563" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K563" s="2" t="s">
+        <v>2609</v>
+      </c>
+      <c r="L563" s="2" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M563" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N563" s="2" t="s">
+        <v>2620</v>
+      </c>
+      <c r="O563" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="564" spans="1:15">
+      <c r="A564" s="2">
+        <v>723</v>
+      </c>
+      <c r="B564" s="2" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C564" s="2" t="s">
+        <v>2621</v>
+      </c>
+      <c r="D564" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E564" s="2" t="s">
+        <v>2622</v>
+      </c>
+      <c r="F564" s="2" t="s">
+        <v>2605</v>
+      </c>
+      <c r="G564" s="2" t="s">
+        <v>2606</v>
+      </c>
+      <c r="H564" s="2" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I564" s="2" t="s">
+        <v>2558</v>
+      </c>
+      <c r="J564" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K564" s="2" t="s">
+        <v>2609</v>
+      </c>
+      <c r="L564" s="2" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M564" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N564" s="2" t="s">
+        <v>2623</v>
+      </c>
+      <c r="O564" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="565" spans="1:15">
+      <c r="A565" s="2">
+        <v>724</v>
+      </c>
+      <c r="B565" s="2" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C565" s="2" t="s">
+        <v>2611</v>
+      </c>
+      <c r="D565" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="E565" s="2" t="s">
+        <v>2624</v>
+      </c>
+      <c r="F565" s="2" t="s">
+        <v>2613</v>
+      </c>
+      <c r="G565" s="2" t="s">
+        <v>2614</v>
+      </c>
+      <c r="H565" s="2" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I565" s="2" t="s">
+        <v>1493</v>
+      </c>
+      <c r="J565" s="2" t="s">
+        <v>2625</v>
+      </c>
+      <c r="K565" s="2" t="s">
+        <v>2569</v>
+      </c>
+      <c r="L565" s="2" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M565" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N565" s="2" t="s">
+        <v>2626</v>
+      </c>
+      <c r="O565" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="566" spans="1:15">
+      <c r="A566" s="2">
+        <v>725</v>
+      </c>
+      <c r="B566" s="2" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C566" s="2" t="s">
+        <v>2616</v>
+      </c>
+      <c r="D566" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E566" s="2" t="s">
+        <v>2627</v>
+      </c>
+      <c r="F566" s="2" t="s">
+        <v>2618</v>
+      </c>
+      <c r="G566" s="2" t="s">
+        <v>2619</v>
+      </c>
+      <c r="H566" s="2" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I566" s="2" t="s">
+        <v>1493</v>
+      </c>
+      <c r="J566" s="2" t="s">
+        <v>2625</v>
+      </c>
+      <c r="K566" s="2" t="s">
+        <v>2569</v>
+      </c>
+      <c r="L566" s="2" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M566" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N566" s="2" t="s">
+        <v>2628</v>
+      </c>
+      <c r="O566" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="567" spans="1:15">
+      <c r="A567" s="2">
+        <v>726</v>
+      </c>
+      <c r="B567" s="2" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C567" s="2" t="s">
+        <v>2580</v>
+      </c>
+      <c r="D567" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E567" s="2" t="s">
+        <v>2629</v>
+      </c>
+      <c r="F567" s="2" t="s">
+        <v>2582</v>
+      </c>
+      <c r="G567" s="2" t="s">
+        <v>2583</v>
+      </c>
+      <c r="H567" s="2" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I567" s="2" t="s">
+        <v>1493</v>
+      </c>
+      <c r="J567" s="2" t="s">
+        <v>2625</v>
+      </c>
+      <c r="K567" s="2" t="s">
+        <v>2569</v>
+      </c>
+      <c r="L567" s="2" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M567" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N567" s="2" t="s">
+        <v>2630</v>
+      </c>
+      <c r="O567" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="568" spans="1:15">
+      <c r="A568" s="2">
+        <v>727</v>
+      </c>
+      <c r="B568" s="2" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C568" s="2" t="s">
+        <v>2603</v>
+      </c>
+      <c r="D568" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E568" s="2" t="s">
+        <v>2631</v>
+      </c>
+      <c r="F568" s="2" t="s">
+        <v>2605</v>
+      </c>
+      <c r="G568" s="2" t="s">
+        <v>2606</v>
+      </c>
+      <c r="H568" s="2" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I568" s="2" t="s">
+        <v>1493</v>
+      </c>
+      <c r="J568" s="2" t="s">
+        <v>2625</v>
+      </c>
+      <c r="K568" s="2" t="s">
+        <v>2569</v>
+      </c>
+      <c r="L568" s="2" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M568" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N568" s="2" t="s">
+        <v>2632</v>
+      </c>
+      <c r="O568" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="569" spans="1:15">
+      <c r="A569" s="2">
+        <v>728</v>
+      </c>
+      <c r="B569" s="2" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C569" s="2" t="s">
+        <v>2633</v>
+      </c>
+      <c r="D569" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="E569" s="2" t="s">
+        <v>2634</v>
+      </c>
+      <c r="F569" s="2" t="s">
+        <v>2635</v>
+      </c>
+      <c r="G569" s="2" t="s">
+        <v>2636</v>
+      </c>
+      <c r="H569" s="2" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I569" s="2" t="s">
+        <v>1493</v>
+      </c>
+      <c r="J569" s="2" t="s">
+        <v>2625</v>
+      </c>
+      <c r="K569" s="2" t="s">
+        <v>2569</v>
+      </c>
+      <c r="L569" s="2" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M569" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N569" s="2" t="s">
+        <v>2637</v>
+      </c>
+      <c r="O569" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="570" spans="1:15">
+      <c r="A570" s="2">
+        <v>729</v>
+      </c>
+      <c r="B570" s="2" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C570" s="2" t="s">
+        <v>2638</v>
+      </c>
+      <c r="D570" s="2" t="s">
+        <v>1495</v>
+      </c>
+      <c r="E570" s="2" t="s">
+        <v>2639</v>
+      </c>
+      <c r="F570" s="2" t="s">
+        <v>1527</v>
+      </c>
+      <c r="G570" s="2" t="s">
+        <v>1528</v>
+      </c>
+      <c r="H570" s="2" t="s">
+        <v>2640</v>
+      </c>
+      <c r="I570" s="2" t="s">
+        <v>1530</v>
+      </c>
+      <c r="J570" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K570" s="2" t="s">
+        <v>2641</v>
+      </c>
+      <c r="L570" s="2" t="s">
+        <v>1501</v>
+      </c>
+      <c r="M570" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N570" s="2" t="s">
+        <v>1532</v>
+      </c>
+      <c r="O570" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="571" spans="1:15">
+      <c r="A571" s="2">
+        <v>730</v>
+      </c>
+      <c r="B571" s="2" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C571" s="2" t="s">
+        <v>2642</v>
+      </c>
+      <c r="D571" s="2" t="s">
+        <v>1495</v>
+      </c>
+      <c r="E571" s="2" t="s">
+        <v>2643</v>
+      </c>
+      <c r="F571" s="2" t="s">
+        <v>1497</v>
+      </c>
+      <c r="G571" s="2" t="s">
+        <v>1498</v>
+      </c>
+      <c r="H571" s="2" t="s">
+        <v>1538</v>
+      </c>
+      <c r="I571" s="2" t="s">
+        <v>1493</v>
+      </c>
+      <c r="J571" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K571" s="2" t="s">
+        <v>1500</v>
+      </c>
+      <c r="L571" s="2" t="s">
+        <v>1501</v>
+      </c>
+      <c r="M571" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N571" s="2" t="s">
+        <v>2644</v>
+      </c>
+      <c r="O571" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="572" spans="1:15">
+      <c r="A572" s="2">
+        <v>731</v>
+      </c>
+      <c r="B572" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="C572" s="2" t="s">
+        <v>2645</v>
+      </c>
+      <c r="D572" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E572" s="2" t="s">
+        <v>2646</v>
+      </c>
+      <c r="F572" s="2" t="s">
+        <v>2647</v>
+      </c>
+      <c r="G572" s="2" t="s">
+        <v>2648</v>
+      </c>
+      <c r="H572" s="2" t="s">
+        <v>2649</v>
+      </c>
+      <c r="I572" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J572" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K572" s="2" t="s">
+        <v>2650</v>
+      </c>
+      <c r="L572" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="M572" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N572" s="2" t="s">
+        <v>2651</v>
+      </c>
+      <c r="O572" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="573" spans="1:15">
+      <c r="A573" s="2">
+        <v>732</v>
+      </c>
+      <c r="B573" s="2" t="s">
+        <v>906</v>
+      </c>
+      <c r="C573" s="2" t="s">
+        <v>907</v>
+      </c>
+      <c r="D573" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="E573" s="2" t="s">
+        <v>908</v>
+      </c>
+      <c r="F573" s="2" t="s">
+        <v>909</v>
+      </c>
+      <c r="G573" s="2" t="s">
+        <v>910</v>
+      </c>
+      <c r="H573" s="2" t="s">
+        <v>2371</v>
+      </c>
+      <c r="I573" s="2" t="s">
+        <v>906</v>
+      </c>
+      <c r="J573" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K573" s="2" t="s">
+        <v>2652</v>
+      </c>
+      <c r="L573" s="2" t="s">
+        <v>914</v>
+      </c>
+      <c r="M573" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N573" s="2" t="s">
+        <v>916</v>
+      </c>
+      <c r="O573" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="574" spans="1:15">
+      <c r="A574" s="2">
+        <v>733</v>
+      </c>
+      <c r="B574" s="2" t="s">
+        <v>906</v>
+      </c>
+      <c r="C574" s="2" t="s">
+        <v>918</v>
+      </c>
+      <c r="D574" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E574" s="2" t="s">
+        <v>919</v>
+      </c>
+      <c r="F574" s="2" t="s">
+        <v>920</v>
+      </c>
+      <c r="G574" s="2" t="s">
+        <v>921</v>
+      </c>
+      <c r="H574" s="2" t="s">
+        <v>2145</v>
+      </c>
+      <c r="I574" s="2" t="s">
+        <v>906</v>
+      </c>
+      <c r="J574" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K574" s="2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="L574" s="2" t="s">
+        <v>914</v>
+      </c>
+      <c r="M574" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N574" s="2" t="s">
+        <v>924</v>
+      </c>
+      <c r="O574" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="575" spans="1:15">
+      <c r="A575" s="2">
+        <v>734</v>
+      </c>
+      <c r="B575" s="2" t="s">
+        <v>906</v>
+      </c>
+      <c r="C575" s="2" t="s">
+        <v>925</v>
+      </c>
+      <c r="D575" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E575" s="2" t="s">
+        <v>2378</v>
+      </c>
+      <c r="F575" s="2" t="s">
+        <v>927</v>
+      </c>
+      <c r="G575" s="2" t="s">
+        <v>928</v>
+      </c>
+      <c r="H575" s="2" t="s">
+        <v>2654</v>
+      </c>
+      <c r="I575" s="2" t="s">
+        <v>906</v>
+      </c>
+      <c r="J575" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K575" s="2" t="s">
+        <v>2652</v>
+      </c>
+      <c r="L575" s="2" t="s">
+        <v>935</v>
+      </c>
+      <c r="M575" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N575" s="2" t="s">
+        <v>929</v>
+      </c>
+      <c r="O575" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="576" spans="1:15">
+      <c r="A576" s="2">
+        <v>735</v>
+      </c>
+      <c r="B576" s="2" t="s">
+        <v>906</v>
+      </c>
+      <c r="C576" s="2" t="s">
+        <v>931</v>
+      </c>
+      <c r="D576" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E576" s="2" t="s">
+        <v>932</v>
+      </c>
+      <c r="F576" s="2" t="s">
+        <v>933</v>
+      </c>
+      <c r="G576" s="2" t="s">
+        <v>934</v>
+      </c>
+      <c r="H576" s="2" t="s">
+        <v>2654</v>
+      </c>
+      <c r="I576" s="2" t="s">
+        <v>906</v>
+      </c>
+      <c r="J576" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K576" s="2" t="s">
+        <v>2652</v>
+      </c>
+      <c r="L576" s="2" t="s">
+        <v>914</v>
+      </c>
+      <c r="M576" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N576" s="2" t="s">
+        <v>936</v>
+      </c>
+      <c r="O576" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="577" spans="1:15">
+      <c r="A577" s="2">
+        <v>736</v>
+      </c>
+      <c r="B577" s="2" t="s">
+        <v>906</v>
+      </c>
+      <c r="C577" s="2" t="s">
+        <v>937</v>
+      </c>
+      <c r="D577" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="E577" s="2" t="s">
+        <v>938</v>
+      </c>
+      <c r="F577" s="2" t="s">
+        <v>939</v>
+      </c>
+      <c r="G577" s="2" t="s">
+        <v>940</v>
+      </c>
+      <c r="H577" s="2" t="s">
+        <v>2655</v>
+      </c>
+      <c r="I577" s="2" t="s">
+        <v>906</v>
+      </c>
+      <c r="J577" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K577" s="2" t="s">
+        <v>2656</v>
+      </c>
+      <c r="L577" s="2" t="s">
+        <v>914</v>
+      </c>
+      <c r="M577" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N577" s="2" t="s">
+        <v>942</v>
+      </c>
+      <c r="O577" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="578" spans="1:15">
+      <c r="A578" s="2">
+        <v>737</v>
+      </c>
+      <c r="B578" s="2" t="s">
+        <v>906</v>
+      </c>
+      <c r="C578" s="2" t="s">
+        <v>943</v>
+      </c>
+      <c r="D578" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E578" s="2" t="s">
+        <v>944</v>
+      </c>
+      <c r="F578" s="2" t="s">
+        <v>945</v>
+      </c>
+      <c r="G578" s="2" t="s">
+        <v>946</v>
+      </c>
+      <c r="H578" s="2" t="s">
+        <v>2145</v>
+      </c>
+      <c r="I578" s="2" t="s">
+        <v>906</v>
+      </c>
+      <c r="J578" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K578" s="2" t="s">
+        <v>2652</v>
+      </c>
+      <c r="L578" s="2" t="s">
+        <v>935</v>
+      </c>
+      <c r="M578" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N578" s="2" t="s">
+        <v>948</v>
+      </c>
+      <c r="O578" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="579" spans="1:15">
+      <c r="A579" s="2">
+        <v>738</v>
+      </c>
+      <c r="B579" s="2" t="s">
+        <v>906</v>
+      </c>
+      <c r="C579" s="2" t="s">
+        <v>949</v>
+      </c>
+      <c r="D579" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E579" s="2" t="s">
+        <v>950</v>
+      </c>
+      <c r="F579" s="2" t="s">
+        <v>951</v>
+      </c>
+      <c r="G579" s="2" t="s">
+        <v>952</v>
+      </c>
+      <c r="H579" s="2" t="s">
+        <v>2654</v>
+      </c>
+      <c r="I579" s="2" t="s">
+        <v>906</v>
+      </c>
+      <c r="J579" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K579" s="2" t="s">
+        <v>2652</v>
+      </c>
+      <c r="L579" s="2" t="s">
+        <v>914</v>
+      </c>
+      <c r="M579" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N579" s="2" t="s">
+        <v>953</v>
+      </c>
+      <c r="O579" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="580" spans="1:15">
+      <c r="A580" s="2">
+        <v>739</v>
+      </c>
+      <c r="B580" s="2" t="s">
+        <v>906</v>
+      </c>
+      <c r="C580" s="2" t="s">
+        <v>954</v>
+      </c>
+      <c r="D580" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="E580" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F580" s="2" t="s">
+        <v>956</v>
+      </c>
+      <c r="G580" s="2" t="s">
+        <v>957</v>
+      </c>
+      <c r="H580" s="2" t="s">
+        <v>2654</v>
+      </c>
+      <c r="I580" s="2" t="s">
+        <v>906</v>
+      </c>
+      <c r="J580" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K580" s="2" t="s">
+        <v>2652</v>
+      </c>
+      <c r="L580" s="2" t="s">
+        <v>935</v>
+      </c>
+      <c r="M580" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N580" s="2" t="s">
+        <v>959</v>
+      </c>
+      <c r="O580" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="581" spans="1:15">
+      <c r="A581" s="2">
+        <v>740</v>
+      </c>
+      <c r="B581" s="2" t="s">
+        <v>2657</v>
+      </c>
+      <c r="C581" s="2" t="s">
+        <v>2658</v>
+      </c>
+      <c r="D581" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="E581" s="2" t="s">
+        <v>2659</v>
+      </c>
+      <c r="F581" s="2" t="s">
+        <v>1244</v>
+      </c>
+      <c r="G581" s="2" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H581" s="2" t="s">
+        <v>2660</v>
+      </c>
+      <c r="I581" s="2" t="s">
+        <v>2657</v>
+      </c>
+      <c r="J581" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K581" s="2" t="s">
+        <v>2661</v>
+      </c>
+      <c r="L581" s="2" t="s">
+        <v>2662</v>
+      </c>
+      <c r="M581" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N581" s="2" t="s">
+        <v>1959</v>
+      </c>
+      <c r="O581" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="582" spans="1:15">
+      <c r="A582" s="2">
+        <v>741</v>
+      </c>
+      <c r="B582" s="2" t="s">
+        <v>2657</v>
+      </c>
+      <c r="C582" s="2" t="s">
+        <v>2658</v>
+      </c>
+      <c r="D582" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="E582" s="2" t="s">
+        <v>2663</v>
+      </c>
+      <c r="F582" s="2" t="s">
+        <v>1244</v>
+      </c>
+      <c r="G582" s="2" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H582" s="2" t="s">
+        <v>2660</v>
+      </c>
+      <c r="I582" s="2" t="s">
+        <v>2657</v>
+      </c>
+      <c r="J582" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K582" s="2" t="s">
+        <v>2661</v>
+      </c>
+      <c r="L582" s="2" t="s">
+        <v>2066</v>
+      </c>
+      <c r="M582" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N582" s="2" t="s">
+        <v>2664</v>
+      </c>
+      <c r="O582" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="583" spans="1:15">
+      <c r="A583" s="2">
+        <v>742</v>
+      </c>
+      <c r="B583" s="2" t="s">
+        <v>2665</v>
+      </c>
+      <c r="C583" s="2" t="s">
+        <v>2666</v>
+      </c>
+      <c r="D583" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="E583" s="2" t="s">
+        <v>2667</v>
+      </c>
+      <c r="F583" s="2" t="s">
+        <v>2099</v>
+      </c>
+      <c r="G583" s="2" t="s">
+        <v>2100</v>
+      </c>
+      <c r="H583" s="2" t="s">
+        <v>2654</v>
+      </c>
+      <c r="I583" s="2" t="s">
+        <v>2665</v>
+      </c>
+      <c r="J583" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K583" s="2" t="s">
+        <v>2668</v>
+      </c>
+      <c r="L583" s="2" t="s">
+        <v>2066</v>
+      </c>
+      <c r="M583" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N583" s="2" t="s">
+        <v>2455</v>
+      </c>
+      <c r="O583" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="584" spans="1:15">
+      <c r="A584" s="2">
+        <v>743</v>
+      </c>
+      <c r="B584" s="2" t="s">
+        <v>2665</v>
+      </c>
+      <c r="C584" s="2" t="s">
+        <v>2666</v>
+      </c>
+      <c r="D584" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="E584" s="2" t="s">
+        <v>2669</v>
+      </c>
+      <c r="F584" s="2" t="s">
+        <v>2099</v>
+      </c>
+      <c r="G584" s="2" t="s">
+        <v>2100</v>
+      </c>
+      <c r="H584" s="2" t="s">
+        <v>2670</v>
+      </c>
+      <c r="I584" s="2" t="s">
+        <v>2665</v>
+      </c>
+      <c r="J584" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K584" s="2" t="s">
+        <v>2668</v>
+      </c>
+      <c r="L584" s="2" t="s">
+        <v>2066</v>
+      </c>
+      <c r="M584" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N584" s="2" t="s">
+        <v>2671</v>
+      </c>
+      <c r="O584" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="585" spans="1:15">
+      <c r="A585" s="2">
+        <v>744</v>
+      </c>
+      <c r="B585" s="2" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C585" s="2" t="s">
+        <v>2083</v>
+      </c>
+      <c r="D585" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="E585" s="2" t="s">
+        <v>2672</v>
+      </c>
+      <c r="F585" s="2" t="s">
+        <v>2085</v>
+      </c>
+      <c r="G585" s="2" t="s">
+        <v>2086</v>
+      </c>
+      <c r="H585" s="2" t="s">
+        <v>2654</v>
+      </c>
+      <c r="I585" s="2" t="s">
+        <v>1686</v>
+      </c>
+      <c r="J585" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K585" s="2" t="s">
+        <v>2673</v>
+      </c>
+      <c r="L585" s="2" t="s">
+        <v>2066</v>
+      </c>
+      <c r="M585" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N585" s="2" t="s">
+        <v>2674</v>
+      </c>
+      <c r="O585" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="586" spans="1:15">
+      <c r="A586" s="2">
+        <v>745</v>
+      </c>
+      <c r="B586" s="2" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C586" s="2" t="s">
+        <v>2092</v>
+      </c>
+      <c r="D586" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="E586" s="2" t="s">
+        <v>2675</v>
+      </c>
+      <c r="F586" s="2" t="s">
+        <v>775</v>
+      </c>
+      <c r="G586" s="2" t="s">
+        <v>776</v>
+      </c>
+      <c r="H586" s="2" t="s">
+        <v>2676</v>
+      </c>
+      <c r="I586" s="2" t="s">
+        <v>1686</v>
+      </c>
+      <c r="J586" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K586" s="2" t="s">
+        <v>2673</v>
+      </c>
+      <c r="L586" s="2" t="s">
+        <v>2066</v>
+      </c>
+      <c r="M586" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N586" s="2" t="s">
+        <v>2677</v>
+      </c>
+      <c r="O586" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="587" spans="1:15">
+      <c r="A587" s="2">
+        <v>746</v>
+      </c>
+      <c r="B587" s="2" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C587" s="2" t="s">
+        <v>2678</v>
+      </c>
+      <c r="D587" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="E587" s="2" t="s">
+        <v>2679</v>
+      </c>
+      <c r="F587" s="2" t="s">
+        <v>331</v>
+      </c>
+      <c r="G587" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="H587" s="2" t="s">
+        <v>2654</v>
+      </c>
+      <c r="I587" s="2" t="s">
+        <v>1686</v>
+      </c>
+      <c r="J587" s="2" t="s">
+        <v>1702</v>
+      </c>
+      <c r="K587" s="2" t="s">
+        <v>2673</v>
+      </c>
+      <c r="L587" s="2" t="s">
+        <v>2066</v>
+      </c>
+      <c r="M587" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N587" s="2" t="s">
+        <v>2680</v>
+      </c>
+      <c r="O587" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="588" spans="1:15">
+      <c r="A588" s="2">
+        <v>747</v>
+      </c>
+      <c r="B588" s="2" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C588" s="2" t="s">
+        <v>2681</v>
+      </c>
+      <c r="D588" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="E588" s="2" t="s">
+        <v>2682</v>
+      </c>
+      <c r="F588" s="2" t="s">
+        <v>791</v>
+      </c>
+      <c r="G588" s="2" t="s">
+        <v>792</v>
+      </c>
+      <c r="H588" s="2" t="s">
+        <v>2683</v>
+      </c>
+      <c r="I588" s="2" t="s">
+        <v>1686</v>
+      </c>
+      <c r="J588" s="2" t="s">
+        <v>2684</v>
+      </c>
+      <c r="K588" s="2" t="s">
+        <v>2673</v>
+      </c>
+      <c r="L588" s="2" t="s">
+        <v>2066</v>
+      </c>
+      <c r="M588" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N588" s="2" t="s">
+        <v>2685</v>
+      </c>
+      <c r="O588" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="589" spans="1:15">
+      <c r="A589" s="2">
+        <v>748</v>
+      </c>
+      <c r="B589" s="2" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C589" s="2" t="s">
+        <v>2681</v>
+      </c>
+      <c r="D589" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="E589" s="2" t="s">
+        <v>2682</v>
+      </c>
+      <c r="F589" s="2" t="s">
+        <v>791</v>
+      </c>
+      <c r="G589" s="2" t="s">
+        <v>792</v>
+      </c>
+      <c r="H589" s="2" t="s">
+        <v>2683</v>
+      </c>
+      <c r="I589" s="2" t="s">
+        <v>1686</v>
+      </c>
+      <c r="J589" s="2" t="s">
+        <v>2684</v>
+      </c>
+      <c r="K589" s="2" t="s">
+        <v>2673</v>
+      </c>
+      <c r="L589" s="2" t="s">
+        <v>2066</v>
+      </c>
+      <c r="M589" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N589" s="2" t="s">
+        <v>2685</v>
+      </c>
+      <c r="O589" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="590" spans="1:15">
+      <c r="A590" s="2">
+        <v>749</v>
+      </c>
+      <c r="B590" s="2" t="s">
+        <v>2686</v>
+      </c>
+      <c r="C590" s="2" t="s">
+        <v>2687</v>
+      </c>
+      <c r="D590" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E590" s="2" t="s">
+        <v>1994</v>
+      </c>
+      <c r="F590" s="2" t="s">
+        <v>1995</v>
+      </c>
+      <c r="G590" s="2" t="s">
+        <v>1996</v>
+      </c>
+      <c r="H590" s="2" t="s">
+        <v>1997</v>
+      </c>
+      <c r="I590" s="2" t="s">
+        <v>2686</v>
+      </c>
+      <c r="J590" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K590" s="2" t="s">
+        <v>2688</v>
+      </c>
+      <c r="L590" s="2" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M590" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N590" s="2" t="s">
+        <v>2689</v>
+      </c>
+      <c r="O590" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="591" spans="1:15">
+      <c r="A591" s="2">
+        <v>750</v>
+      </c>
+      <c r="B591" s="2" t="s">
+        <v>2690</v>
+      </c>
+      <c r="C591" s="2" t="s">
+        <v>2691</v>
+      </c>
+      <c r="D591" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E591" s="2" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F591" s="2" t="s">
+        <v>2015</v>
+      </c>
+      <c r="G591" s="2" t="s">
+        <v>2016</v>
+      </c>
+      <c r="H591" s="2" t="s">
+        <v>2692</v>
+      </c>
+      <c r="I591" s="2" t="s">
+        <v>2690</v>
+      </c>
+      <c r="J591" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K591" s="2" t="s">
+        <v>2693</v>
+      </c>
+      <c r="L591" s="2" t="s">
+        <v>2011</v>
+      </c>
+      <c r="M591" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N591" s="2" t="s">
+        <v>1959</v>
+      </c>
+      <c r="O591" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="592" spans="1:15">
+      <c r="A592" s="2">
+        <v>751</v>
+      </c>
+      <c r="B592" s="2" t="s">
+        <v>2694</v>
+      </c>
+      <c r="C592" s="2" t="s">
+        <v>2037</v>
+      </c>
+      <c r="D592" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E592" s="2" t="s">
+        <v>2038</v>
+      </c>
+      <c r="F592" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="G592" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="H592" s="2" t="s">
+        <v>2039</v>
+      </c>
+      <c r="I592" s="2" t="s">
+        <v>2694</v>
+      </c>
+      <c r="J592" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K592" s="2" t="s">
+        <v>2695</v>
+      </c>
+      <c r="L592" s="2" t="s">
+        <v>2011</v>
+      </c>
+      <c r="M592" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N592" s="2" t="s">
+        <v>2696</v>
+      </c>
+      <c r="O592" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="593" spans="1:15">
+      <c r="A593" s="2">
+        <v>752</v>
+      </c>
+      <c r="B593" s="2" t="s">
+        <v>2697</v>
+      </c>
+      <c r="C593" s="2" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D593" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E593" s="2" t="s">
+        <v>2043</v>
+      </c>
+      <c r="F593" s="2" t="s">
+        <v>703</v>
+      </c>
+      <c r="G593" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="H593" s="2" t="s">
+        <v>2044</v>
+      </c>
+      <c r="I593" s="2" t="s">
+        <v>2697</v>
+      </c>
+      <c r="J593" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K593" s="2" t="s">
+        <v>2698</v>
+      </c>
+      <c r="L593" s="2" t="s">
+        <v>2011</v>
+      </c>
+      <c r="M593" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N593" s="2" t="s">
+        <v>2699</v>
+      </c>
+      <c r="O593" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="594" spans="1:15">
+      <c r="A594" s="2">
+        <v>753</v>
+      </c>
+      <c r="B594" s="2" t="s">
+        <v>2694</v>
+      </c>
+      <c r="C594" s="2" t="s">
+        <v>696</v>
+      </c>
+      <c r="D594" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E594" s="2" t="s">
+        <v>2048</v>
+      </c>
+      <c r="F594" s="2" t="s">
+        <v>698</v>
+      </c>
+      <c r="G594" s="2" t="s">
+        <v>699</v>
+      </c>
+      <c r="H594" s="2" t="s">
+        <v>2700</v>
+      </c>
+      <c r="I594" s="2" t="s">
+        <v>2694</v>
+      </c>
+      <c r="J594" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K594" s="2" t="s">
+        <v>2701</v>
+      </c>
+      <c r="L594" s="2" t="s">
+        <v>2011</v>
+      </c>
+      <c r="M594" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N594" s="2" t="s">
+        <v>2702</v>
+      </c>
+      <c r="O594" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="595" spans="1:15">
+      <c r="A595" s="2">
+        <v>754</v>
+      </c>
+      <c r="B595" s="2" t="s">
+        <v>2703</v>
+      </c>
+      <c r="C595" s="2" t="s">
+        <v>2051</v>
+      </c>
+      <c r="D595" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E595" s="2" t="s">
+        <v>2052</v>
+      </c>
+      <c r="F595" s="2" t="s">
+        <v>681</v>
+      </c>
+      <c r="G595" s="2" t="s">
+        <v>682</v>
+      </c>
+      <c r="H595" s="2" t="s">
+        <v>2053</v>
+      </c>
+      <c r="I595" s="2" t="s">
+        <v>2703</v>
+      </c>
+      <c r="J595" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K595" s="2" t="s">
+        <v>2704</v>
+      </c>
+      <c r="L595" s="2" t="s">
+        <v>2011</v>
+      </c>
+      <c r="M595" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N595" s="2" t="s">
+        <v>2025</v>
+      </c>
+      <c r="O595" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="596" spans="1:15">
+      <c r="A596" s="2">
+        <v>755</v>
+      </c>
+      <c r="B596" s="2" t="s">
+        <v>2705</v>
+      </c>
+      <c r="C596" s="2" t="s">
+        <v>2055</v>
+      </c>
+      <c r="D596" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E596" s="2" t="s">
+        <v>2056</v>
+      </c>
+      <c r="F596" s="2" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G596" s="2" t="s">
+        <v>2058</v>
+      </c>
+      <c r="H596" s="2" t="s">
+        <v>2059</v>
+      </c>
+      <c r="I596" s="2" t="s">
+        <v>2705</v>
+      </c>
+      <c r="J596" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K596" s="2" t="s">
+        <v>2706</v>
+      </c>
+      <c r="L596" s="2" t="s">
+        <v>2707</v>
+      </c>
+      <c r="M596" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N596" s="2" t="s">
+        <v>2708</v>
+      </c>
+      <c r="O596" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="597" spans="1:15">
+      <c r="A597" s="2">
+        <v>756</v>
+      </c>
+      <c r="B597" s="2" t="s">
+        <v>2694</v>
+      </c>
+      <c r="C597" s="2" t="s">
+        <v>2709</v>
+      </c>
+      <c r="D597" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E597" s="2" t="s">
+        <v>2710</v>
+      </c>
+      <c r="F597" s="2" t="s">
+        <v>1003</v>
+      </c>
+      <c r="G597" s="2" t="s">
+        <v>1004</v>
+      </c>
+      <c r="H597" s="2" t="s">
+        <v>2711</v>
+      </c>
+      <c r="I597" s="2" t="s">
+        <v>2694</v>
+      </c>
+      <c r="J597" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K597" s="2" t="s">
+        <v>2712</v>
+      </c>
+      <c r="L597" s="2" t="s">
+        <v>2707</v>
+      </c>
+      <c r="M597" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N597" s="2" t="s">
+        <v>2699</v>
+      </c>
+      <c r="O597" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="598" spans="1:15">
+      <c r="A598" s="2">
+        <v>757</v>
+      </c>
+      <c r="B598" s="2" t="s">
+        <v>2713</v>
+      </c>
+      <c r="C598" s="2" t="s">
+        <v>2073</v>
+      </c>
+      <c r="D598" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E598" s="2" t="s">
+        <v>2074</v>
+      </c>
+      <c r="F598" s="2" t="s">
+        <v>2075</v>
+      </c>
+      <c r="G598" s="2" t="s">
+        <v>2076</v>
+      </c>
+      <c r="H598" s="2" t="s">
+        <v>2077</v>
+      </c>
+      <c r="I598" s="2" t="s">
+        <v>2713</v>
+      </c>
+      <c r="J598" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K598" s="2" t="s">
+        <v>2714</v>
+      </c>
+      <c r="L598" s="2" t="s">
+        <v>2011</v>
+      </c>
+      <c r="M598" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N598" s="2" t="s">
+        <v>2715</v>
+      </c>
+      <c r="O598" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="599" spans="1:15">
+      <c r="A599" s="2">
+        <v>758</v>
+      </c>
+      <c r="B599" s="2" t="s">
+        <v>2716</v>
+      </c>
+      <c r="C599" s="2" t="s">
+        <v>2178</v>
+      </c>
+      <c r="D599" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="E599" s="2" t="s">
+        <v>2179</v>
+      </c>
+      <c r="F599" s="2" t="s">
+        <v>2180</v>
+      </c>
+      <c r="G599" s="2" t="s">
+        <v>2181</v>
+      </c>
+      <c r="H599" s="2" t="s">
+        <v>2717</v>
+      </c>
+      <c r="I599" s="2" t="s">
+        <v>2716</v>
+      </c>
+      <c r="J599" s="2" t="s">
+        <v>2718</v>
+      </c>
+      <c r="K599" s="2" t="s">
+        <v>2719</v>
+      </c>
+      <c r="L599" s="2" t="s">
+        <v>2720</v>
+      </c>
+      <c r="M599" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N599" s="2" t="s">
+        <v>2721</v>
+      </c>
+      <c r="O599" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="600" spans="1:15">
+      <c r="A600" s="2">
+        <v>759</v>
+      </c>
+      <c r="B600" s="2" t="s">
+        <v>2716</v>
+      </c>
+      <c r="C600" s="2" t="s">
+        <v>2186</v>
+      </c>
+      <c r="D600" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="E600" s="2" t="s">
+        <v>2187</v>
+      </c>
+      <c r="F600" s="2" t="s">
+        <v>2188</v>
+      </c>
+      <c r="G600" s="2" t="s">
+        <v>2189</v>
+      </c>
+      <c r="H600" s="2" t="s">
+        <v>2654</v>
+      </c>
+      <c r="I600" s="2" t="s">
+        <v>2716</v>
+      </c>
+      <c r="J600" s="2" t="s">
+        <v>2718</v>
+      </c>
+      <c r="K600" s="2" t="s">
+        <v>2722</v>
+      </c>
+      <c r="L600" s="2" t="s">
+        <v>2720</v>
+      </c>
+      <c r="M600" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N600" s="2" t="s">
+        <v>2723</v>
+      </c>
+      <c r="O600" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="601" spans="1:15">
+      <c r="A601" s="2">
+        <v>760</v>
+      </c>
+      <c r="B601" s="2" t="s">
+        <v>2724</v>
+      </c>
+      <c r="C601" s="2" t="s">
+        <v>2418</v>
+      </c>
+      <c r="D601" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="E601" s="2" t="s">
+        <v>2419</v>
+      </c>
+      <c r="F601" s="2" t="s">
+        <v>2411</v>
+      </c>
+      <c r="G601" s="2" t="s">
+        <v>2412</v>
+      </c>
+      <c r="H601" s="2" t="s">
+        <v>1712</v>
+      </c>
+      <c r="I601" s="2" t="s">
+        <v>2724</v>
+      </c>
+      <c r="J601" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K601" s="2" t="s">
+        <v>2725</v>
+      </c>
+      <c r="L601" s="2" t="s">
+        <v>2415</v>
+      </c>
+      <c r="M601" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N601" s="2" t="s">
+        <v>1959</v>
+      </c>
+      <c r="O601" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="602" spans="1:15">
+      <c r="A602" s="2">
+        <v>761</v>
+      </c>
+      <c r="B602" s="2" t="s">
+        <v>2726</v>
+      </c>
+      <c r="C602" s="2" t="s">
+        <v>2423</v>
+      </c>
+      <c r="D602" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="E602" s="2" t="s">
+        <v>2727</v>
+      </c>
+      <c r="F602" s="2" t="s">
+        <v>427</v>
+      </c>
+      <c r="G602" s="2" t="s">
+        <v>428</v>
+      </c>
+      <c r="H602" s="2" t="s">
+        <v>1712</v>
+      </c>
+      <c r="I602" s="2" t="s">
+        <v>2726</v>
+      </c>
+      <c r="J602" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K602" s="2" t="s">
+        <v>2728</v>
+      </c>
+      <c r="L602" s="2" t="s">
+        <v>2415</v>
+      </c>
+      <c r="M602" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N602" s="2" t="s">
+        <v>2729</v>
+      </c>
+      <c r="O602" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="603" spans="1:15">
+      <c r="A603" s="2">
+        <v>762</v>
+      </c>
+      <c r="B603" s="2" t="s">
+        <v>2730</v>
+      </c>
+      <c r="C603" s="2" t="s">
+        <v>2731</v>
+      </c>
+      <c r="D603" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="E603" s="2" t="s">
+        <v>2429</v>
+      </c>
+      <c r="F603" s="2" t="s">
+        <v>432</v>
+      </c>
+      <c r="G603" s="2" t="s">
+        <v>433</v>
+      </c>
+      <c r="H603" s="2" t="s">
+        <v>1712</v>
+      </c>
+      <c r="I603" s="2" t="s">
+        <v>2730</v>
+      </c>
+      <c r="J603" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K603" s="2" t="s">
+        <v>2732</v>
+      </c>
+      <c r="L603" s="2" t="s">
+        <v>2733</v>
+      </c>
+      <c r="M603" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N603" s="2" t="s">
+        <v>2734</v>
+      </c>
+      <c r="O603" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="604" spans="1:15">
+      <c r="A604" s="2">
+        <v>763</v>
+      </c>
+      <c r="B604" s="2" t="s">
+        <v>2735</v>
+      </c>
+      <c r="C604" s="2" t="s">
+        <v>2736</v>
+      </c>
+      <c r="D604" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="E604" s="2" t="s">
+        <v>2737</v>
+      </c>
+      <c r="F604" s="2" t="s">
+        <v>2433</v>
+      </c>
+      <c r="G604" s="2" t="s">
+        <v>2434</v>
+      </c>
+      <c r="H604" s="2" t="s">
+        <v>1712</v>
+      </c>
+      <c r="I604" s="2" t="s">
+        <v>2735</v>
+      </c>
+      <c r="J604" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K604" s="2" t="s">
+        <v>2738</v>
+      </c>
+      <c r="L604" s="2" t="s">
+        <v>2415</v>
+      </c>
+      <c r="M604" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N604" s="2" t="s">
+        <v>2739</v>
+      </c>
+      <c r="O604" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="605" spans="1:15">
+      <c r="A605" s="2">
+        <v>764</v>
+      </c>
+      <c r="B605" s="2" t="s">
+        <v>2740</v>
+      </c>
+      <c r="C605" s="2" t="s">
+        <v>2741</v>
+      </c>
+      <c r="D605" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="E605" s="2" t="s">
+        <v>2742</v>
+      </c>
+      <c r="F605" s="2" t="s">
+        <v>2743</v>
+      </c>
+      <c r="G605" s="2" t="s">
+        <v>2744</v>
+      </c>
+      <c r="H605" s="2" t="s">
+        <v>2745</v>
+      </c>
+      <c r="I605" s="2" t="s">
+        <v>2740</v>
+      </c>
+      <c r="J605" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K605" s="2" t="s">
+        <v>2746</v>
+      </c>
+      <c r="L605" s="2" t="s">
+        <v>2747</v>
+      </c>
+      <c r="M605" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N605" s="2" t="s">
+        <v>2748</v>
+      </c>
+      <c r="O605" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="606" spans="1:15">
+      <c r="A606" s="2">
+        <v>765</v>
+      </c>
+      <c r="B606" s="2" t="s">
+        <v>2740</v>
+      </c>
+      <c r="C606" s="2" t="s">
+        <v>2749</v>
+      </c>
+      <c r="D606" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="E606" s="2" t="s">
+        <v>2750</v>
+      </c>
+      <c r="F606" s="2" t="s">
+        <v>2751</v>
+      </c>
+      <c r="G606" s="2" t="s">
+        <v>2752</v>
+      </c>
+      <c r="H606" s="2" t="s">
+        <v>2745</v>
+      </c>
+      <c r="I606" s="2" t="s">
+        <v>2740</v>
+      </c>
+      <c r="J606" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K606" s="2" t="s">
+        <v>2753</v>
+      </c>
+      <c r="L606" s="2" t="s">
+        <v>2747</v>
+      </c>
+      <c r="M606" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N606" s="2" t="s">
+        <v>2754</v>
+      </c>
+      <c r="O606" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="607" spans="1:15">
+      <c r="A607" s="2">
+        <v>766</v>
+      </c>
+      <c r="B607" s="2" t="s">
+        <v>2755</v>
+      </c>
+      <c r="C607" s="2" t="s">
+        <v>2756</v>
+      </c>
+      <c r="D607" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="E607" s="2" t="s">
+        <v>2757</v>
+      </c>
+      <c r="F607" s="2" t="s">
+        <v>1389</v>
+      </c>
+      <c r="G607" s="2" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H607" s="2" t="s">
+        <v>2745</v>
+      </c>
+      <c r="I607" s="2" t="s">
+        <v>2755</v>
+      </c>
+      <c r="J607" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K607" s="2" t="s">
+        <v>2758</v>
+      </c>
+      <c r="L607" s="2" t="s">
+        <v>2747</v>
+      </c>
+      <c r="M607" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N607" s="2" t="s">
+        <v>1241</v>
+      </c>
+      <c r="O607" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="608" spans="1:15">
+      <c r="A608" s="2">
+        <v>767</v>
+      </c>
+      <c r="B608" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C608" s="2" t="s">
+        <v>2759</v>
+      </c>
+      <c r="D608" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="E608" s="2" t="s">
+        <v>2760</v>
+      </c>
+      <c r="F608" s="2" t="s">
+        <v>2761</v>
+      </c>
+      <c r="G608" s="2" t="s">
+        <v>2762</v>
+      </c>
+      <c r="H608" s="2" t="s">
+        <v>2763</v>
+      </c>
+      <c r="I608" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J608" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K608" s="2" t="s">
+        <v>2764</v>
+      </c>
+      <c r="L608" s="2" t="s">
+        <v>2765</v>
+      </c>
+      <c r="M608" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N608" s="2" t="s">
+        <v>2766</v>
+      </c>
+      <c r="O608" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="609" spans="1:15">
+      <c r="A609" s="2">
+        <v>768</v>
+      </c>
+      <c r="B609" s="2" t="s">
+        <v>2272</v>
+      </c>
+      <c r="C609" s="2" t="s">
+        <v>2767</v>
+      </c>
+      <c r="D609" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="E609" s="2" t="s">
+        <v>2768</v>
+      </c>
+      <c r="F609" s="2" t="s">
+        <v>2761</v>
+      </c>
+      <c r="G609" s="2" t="s">
+        <v>2762</v>
+      </c>
+      <c r="H609" s="2" t="s">
+        <v>2769</v>
+      </c>
+      <c r="I609" s="2" t="s">
+        <v>2272</v>
+      </c>
+      <c r="J609" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K609" s="2" t="s">
+        <v>2770</v>
+      </c>
+      <c r="L609" s="2" t="s">
+        <v>2771</v>
+      </c>
+      <c r="M609" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N609" s="2" t="s">
+        <v>2772</v>
+      </c>
+      <c r="O609" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="610" spans="1:15">
+      <c r="A610" s="2">
+        <v>769</v>
+      </c>
+      <c r="B610" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C610" s="2" t="s">
+        <v>2773</v>
+      </c>
+      <c r="D610" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="E610" s="2" t="s">
+        <v>2774</v>
+      </c>
+      <c r="F610" s="2" t="s">
+        <v>2775</v>
+      </c>
+      <c r="G610" s="2" t="s">
+        <v>2776</v>
+      </c>
+      <c r="H610" s="2" t="s">
+        <v>2777</v>
+      </c>
+      <c r="I610" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J610" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K610" s="2" t="s">
+        <v>2778</v>
+      </c>
+      <c r="L610" s="2" t="s">
+        <v>2779</v>
+      </c>
+      <c r="M610" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N610" s="2" t="s">
+        <v>1959</v>
+      </c>
+      <c r="O610" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="611" spans="1:15">
+      <c r="A611" s="2">
+        <v>770</v>
+      </c>
+      <c r="B611" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C611" s="2" t="s">
+        <v>2780</v>
+      </c>
+      <c r="D611" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="E611" s="2" t="s">
+        <v>2781</v>
+      </c>
+      <c r="F611" s="2" t="s">
+        <v>2782</v>
+      </c>
+      <c r="G611" s="2" t="s">
+        <v>2783</v>
+      </c>
+      <c r="H611" s="2" t="s">
+        <v>2784</v>
+      </c>
+      <c r="I611" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J611" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K611" s="2" t="s">
+        <v>2778</v>
+      </c>
+      <c r="L611" s="2" t="s">
+        <v>2779</v>
+      </c>
+      <c r="M611" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N611" s="2" t="s">
+        <v>1959</v>
+      </c>
+      <c r="O611" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="612" spans="1:15">
+      <c r="A612" s="2">
+        <v>771</v>
+      </c>
+      <c r="B612" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C612" s="2" t="s">
+        <v>2785</v>
+      </c>
+      <c r="D612" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="E612" s="2" t="s">
+        <v>2786</v>
+      </c>
+      <c r="F612" s="2" t="s">
+        <v>658</v>
+      </c>
+      <c r="G612" s="2" t="s">
+        <v>659</v>
+      </c>
+      <c r="H612" s="2" t="s">
+        <v>2777</v>
+      </c>
+      <c r="I612" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J612" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K612" s="2" t="s">
+        <v>2778</v>
+      </c>
+      <c r="L612" s="2" t="s">
+        <v>2779</v>
+      </c>
+      <c r="M612" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N612" s="2" t="s">
+        <v>1959</v>
+      </c>
+      <c r="O612" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="613" spans="1:15">
+      <c r="A613" s="2">
+        <v>772</v>
+      </c>
+      <c r="B613" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C613" s="2" t="s">
+        <v>2787</v>
+      </c>
+      <c r="D613" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="E613" s="2" t="s">
+        <v>2788</v>
+      </c>
+      <c r="F613" s="2" t="s">
+        <v>2789</v>
+      </c>
+      <c r="G613" s="2" t="s">
+        <v>2790</v>
+      </c>
+      <c r="H613" s="2" t="s">
+        <v>2791</v>
+      </c>
+      <c r="I613" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J613" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K613" s="2" t="s">
+        <v>2778</v>
+      </c>
+      <c r="L613" s="2" t="s">
+        <v>2779</v>
+      </c>
+      <c r="M613" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N613" s="2" t="s">
+        <v>1959</v>
+      </c>
+      <c r="O613" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="614" spans="1:15">
+      <c r="A614" s="2">
+        <v>773</v>
+      </c>
+      <c r="B614" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C614" s="2" t="s">
+        <v>2792</v>
+      </c>
+      <c r="D614" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="E614" s="2" t="s">
+        <v>2793</v>
+      </c>
+      <c r="F614" s="2" t="s">
+        <v>2794</v>
+      </c>
+      <c r="G614" s="2" t="s">
+        <v>2795</v>
+      </c>
+      <c r="H614" s="2" t="s">
+        <v>1817</v>
+      </c>
+      <c r="I614" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J614" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K614" s="2" t="s">
+        <v>2778</v>
+      </c>
+      <c r="L614" s="2" t="s">
+        <v>2779</v>
+      </c>
+      <c r="M614" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N614" s="2" t="s">
+        <v>1959</v>
+      </c>
+      <c r="O614" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="615" spans="1:15">
+      <c r="A615" s="2">
+        <v>774</v>
+      </c>
+      <c r="B615" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C615" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="D615" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="E615" s="2" t="s">
+        <v>2796</v>
+      </c>
+      <c r="F615" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="G615" s="2" t="s">
+        <v>350</v>
+      </c>
+      <c r="H615" s="2" t="s">
+        <v>1817</v>
+      </c>
+      <c r="I615" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J615" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K615" s="2" t="s">
+        <v>2778</v>
+      </c>
+      <c r="L615" s="2" t="s">
+        <v>2779</v>
+      </c>
+      <c r="M615" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N615" s="2" t="s">
+        <v>1959</v>
+      </c>
+      <c r="O615" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="616" spans="1:15">
+      <c r="A616" s="2">
+        <v>775</v>
+      </c>
+      <c r="B616" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C616" s="2" t="s">
+        <v>2797</v>
+      </c>
+      <c r="D616" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="E616" s="2" t="s">
+        <v>2798</v>
+      </c>
+      <c r="F616" s="2" t="s">
+        <v>2799</v>
+      </c>
+      <c r="G616" s="2" t="s">
+        <v>2800</v>
+      </c>
+      <c r="H616" s="2" t="s">
+        <v>1817</v>
+      </c>
+      <c r="I616" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J616" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K616" s="2" t="s">
+        <v>2778</v>
+      </c>
+      <c r="L616" s="2" t="s">
+        <v>2779</v>
+      </c>
+      <c r="M616" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N616" s="2" t="s">
+        <v>1959</v>
+      </c>
+      <c r="O616" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="617" spans="1:15">
+      <c r="A617" s="2">
+        <v>780</v>
+      </c>
+      <c r="B617" s="2" t="s">
+        <v>2801</v>
+      </c>
+      <c r="C617" s="2" t="s">
+        <v>2802</v>
+      </c>
+      <c r="D617" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="E617" s="2" t="s">
+        <v>2803</v>
+      </c>
+      <c r="F617" s="2" t="s">
+        <v>2804</v>
+      </c>
+      <c r="G617" s="2" t="s">
+        <v>2805</v>
+      </c>
+      <c r="H617" s="2" t="s">
+        <v>2806</v>
+      </c>
+      <c r="I617" s="2" t="s">
+        <v>2801</v>
+      </c>
+      <c r="J617" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K617" s="2" t="s">
+        <v>2807</v>
+      </c>
+      <c r="L617" s="2" t="s">
+        <v>930</v>
+      </c>
+      <c r="M617" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N617" s="2" t="s">
+        <v>2808</v>
+      </c>
+      <c r="O617" s="2"/>
+    </row>
+    <row r="618" spans="1:15">
+      <c r="A618" s="2">
+        <v>781</v>
+      </c>
+      <c r="B618" s="2" t="s">
+        <v>2809</v>
+      </c>
+      <c r="C618" s="2" t="s">
+        <v>2810</v>
+      </c>
+      <c r="D618" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E618" s="2" t="s">
+        <v>2811</v>
+      </c>
+      <c r="F618" s="2" t="s">
+        <v>2812</v>
+      </c>
+      <c r="G618" s="2" t="s">
+        <v>2813</v>
+      </c>
+      <c r="H618" s="2" t="s">
+        <v>2814</v>
+      </c>
+      <c r="I618" s="2" t="s">
+        <v>2809</v>
+      </c>
+      <c r="J618" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K618" s="2" t="s">
+        <v>2815</v>
+      </c>
+      <c r="L618" s="2" t="s">
+        <v>2816</v>
+      </c>
+      <c r="M618" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N618" s="2" t="s">
+        <v>2817</v>
+      </c>
+      <c r="O618" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="619" spans="1:15">
+      <c r="A619" s="2">
+        <v>782</v>
+      </c>
+      <c r="B619" s="2" t="s">
+        <v>2809</v>
+      </c>
+      <c r="C619" s="2" t="s">
+        <v>2818</v>
+      </c>
+      <c r="D619" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E619" s="2" t="s">
+        <v>1093</v>
+      </c>
+      <c r="F619" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="G619" s="2" t="s">
+        <v>818</v>
+      </c>
+      <c r="H619" s="2" t="s">
+        <v>2814</v>
+      </c>
+      <c r="I619" s="2" t="s">
+        <v>2809</v>
+      </c>
+      <c r="J619" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K619" s="2" t="s">
+        <v>2815</v>
+      </c>
+      <c r="L619" s="2" t="s">
+        <v>2816</v>
+      </c>
+      <c r="M619" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N619" s="2" t="s">
+        <v>2025</v>
+      </c>
+      <c r="O619" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="620" spans="1:15">
+      <c r="A620" s="2">
+        <v>783</v>
+      </c>
+      <c r="B620" s="2" t="s">
+        <v>2809</v>
+      </c>
+      <c r="C620" s="2" t="s">
+        <v>2818</v>
+      </c>
+      <c r="D620" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E620" s="2" t="s">
+        <v>1093</v>
+      </c>
+      <c r="F620" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="G620" s="2" t="s">
+        <v>818</v>
+      </c>
+      <c r="H620" s="2" t="s">
+        <v>2814</v>
+      </c>
+      <c r="I620" s="2" t="s">
+        <v>2809</v>
+      </c>
+      <c r="J620" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K620" s="2" t="s">
+        <v>2815</v>
+      </c>
+      <c r="L620" s="2" t="s">
+        <v>2816</v>
+      </c>
+      <c r="M620" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N620" s="2" t="s">
+        <v>2025</v>
+      </c>
+      <c r="O620" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="621" spans="1:15">
+      <c r="A621" s="2">
+        <v>784</v>
+      </c>
+      <c r="B621" s="2" t="s">
+        <v>2809</v>
+      </c>
+      <c r="C621" s="2" t="s">
+        <v>2819</v>
+      </c>
+      <c r="D621" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E621" s="2" t="s">
+        <v>2820</v>
+      </c>
+      <c r="F621" s="2" t="s">
+        <v>2821</v>
+      </c>
+      <c r="G621" s="2" t="s">
+        <v>2822</v>
+      </c>
+      <c r="H621" s="2" t="s">
+        <v>2814</v>
+      </c>
+      <c r="I621" s="2" t="s">
+        <v>2809</v>
+      </c>
+      <c r="J621" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K621" s="2" t="s">
+        <v>2815</v>
+      </c>
+      <c r="L621" s="2" t="s">
+        <v>2816</v>
+      </c>
+      <c r="M621" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N621" s="2" t="s">
+        <v>2088</v>
+      </c>
+      <c r="O621" s="2" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="622" spans="1:15">
+      <c r="A622" s="2">
+        <v>785</v>
+      </c>
+      <c r="B622" s="2" t="s">
+        <v>2809</v>
+      </c>
+      <c r="C622" s="2" t="s">
+        <v>2823</v>
+      </c>
+      <c r="D622" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E622" s="2" t="s">
+        <v>2824</v>
+      </c>
+      <c r="F622" s="2" t="s">
+        <v>2825</v>
+      </c>
+      <c r="G622" s="2" t="s">
+        <v>2826</v>
+      </c>
+      <c r="H622" s="2" t="s">
+        <v>2814</v>
+      </c>
+      <c r="I622" s="2" t="s">
+        <v>2809</v>
+      </c>
+      <c r="J622" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K622" s="2" t="s">
+        <v>2815</v>
+      </c>
+      <c r="L622" s="2" t="s">
+        <v>2816</v>
+      </c>
+      <c r="M622" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N622" s="2" t="s">
+        <v>2025</v>
+      </c>
+      <c r="O622" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="623" spans="1:15">
+      <c r="A623" s="2">
+        <v>786</v>
+      </c>
+      <c r="B623" s="2" t="s">
+        <v>2809</v>
+      </c>
+      <c r="C623" s="2" t="s">
+        <v>2827</v>
+      </c>
+      <c r="D623" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E623" s="2" t="s">
+        <v>2828</v>
+      </c>
+      <c r="F623" s="2" t="s">
+        <v>2829</v>
+      </c>
+      <c r="G623" s="2" t="s">
+        <v>2830</v>
+      </c>
+      <c r="H623" s="2" t="s">
+        <v>2814</v>
+      </c>
+      <c r="I623" s="2" t="s">
+        <v>2809</v>
+      </c>
+      <c r="J623" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K623" s="2" t="s">
+        <v>2815</v>
+      </c>
+      <c r="L623" s="2" t="s">
+        <v>2816</v>
+      </c>
+      <c r="M623" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N623" s="2" t="s">
+        <v>1901</v>
+      </c>
+      <c r="O623" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="624" spans="1:15">
+      <c r="A624" s="2">
+        <v>787</v>
+      </c>
+      <c r="B624" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C624" s="2" t="s">
+        <v>2832</v>
+      </c>
+      <c r="D624" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E624" s="2" t="s">
+        <v>2833</v>
+      </c>
+      <c r="F624" s="2" t="s">
+        <v>2586</v>
+      </c>
+      <c r="G624" s="2" t="s">
+        <v>2587</v>
+      </c>
+      <c r="H624" s="2" t="s">
+        <v>2834</v>
+      </c>
+      <c r="I624" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="J624" s="2" t="s">
+        <v>2835</v>
+      </c>
+      <c r="K624" s="2" t="s">
+        <v>2836</v>
+      </c>
+      <c r="L624" s="2" t="s">
+        <v>2816</v>
+      </c>
+      <c r="M624" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N624" s="2" t="s">
+        <v>2837</v>
+      </c>
+      <c r="O624" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="625" spans="1:15">
+      <c r="A625" s="2">
+        <v>788</v>
+      </c>
+      <c r="B625" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C625" s="2" t="s">
+        <v>1534</v>
+      </c>
+      <c r="D625" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E625" s="2" t="s">
+        <v>2838</v>
+      </c>
+      <c r="F625" s="2" t="s">
+        <v>1536</v>
+      </c>
+      <c r="G625" s="2" t="s">
+        <v>1537</v>
+      </c>
+      <c r="H625" s="2" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I625" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J625" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K625" s="2" t="s">
+        <v>1546</v>
+      </c>
+      <c r="L625" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M625" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N625" s="2" t="s">
+        <v>1541</v>
+      </c>
+      <c r="O625" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="626" spans="1:15">
+      <c r="A626" s="2">
+        <v>789</v>
+      </c>
+      <c r="B626" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C626" s="2" t="s">
+        <v>1542</v>
+      </c>
+      <c r="D626" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E626" s="2" t="s">
+        <v>2838</v>
+      </c>
+      <c r="F626" s="2" t="s">
+        <v>1543</v>
+      </c>
+      <c r="G626" s="2" t="s">
+        <v>1544</v>
+      </c>
+      <c r="H626" s="2" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I626" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J626" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K626" s="2" t="s">
+        <v>1546</v>
+      </c>
+      <c r="L626" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M626" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N626" s="2" t="s">
+        <v>1547</v>
+      </c>
+      <c r="O626" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="627" spans="1:15">
+      <c r="A627" s="2">
+        <v>790</v>
+      </c>
+      <c r="B627" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C627" s="2" t="s">
+        <v>1542</v>
+      </c>
+      <c r="D627" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E627" s="2" t="s">
+        <v>2838</v>
+      </c>
+      <c r="F627" s="2" t="s">
+        <v>1543</v>
+      </c>
+      <c r="G627" s="2" t="s">
+        <v>1544</v>
+      </c>
+      <c r="H627" s="2" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I627" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J627" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K627" s="2" t="s">
+        <v>1546</v>
+      </c>
+      <c r="L627" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M627" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N627" s="2" t="s">
+        <v>1547</v>
+      </c>
+      <c r="O627" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="628" spans="1:15">
+      <c r="A628" s="2">
+        <v>791</v>
+      </c>
+      <c r="B628" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C628" s="2" t="s">
+        <v>1548</v>
+      </c>
+      <c r="D628" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E628" s="2" t="s">
+        <v>2839</v>
+      </c>
+      <c r="F628" s="2" t="s">
+        <v>1550</v>
+      </c>
+      <c r="G628" s="2" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H628" s="2" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I628" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J628" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K628" s="2" t="s">
+        <v>1546</v>
+      </c>
+      <c r="L628" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M628" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N628" s="2" t="s">
+        <v>1552</v>
+      </c>
+      <c r="O628" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="629" spans="1:15">
+      <c r="A629" s="2">
+        <v>792</v>
+      </c>
+      <c r="B629" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C629" s="2" t="s">
+        <v>1553</v>
+      </c>
+      <c r="D629" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E629" s="2" t="s">
+        <v>2840</v>
+      </c>
+      <c r="F629" s="2" t="s">
+        <v>1555</v>
+      </c>
+      <c r="G629" s="2" t="s">
+        <v>1556</v>
+      </c>
+      <c r="H629" s="2" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I629" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J629" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K629" s="2" t="s">
+        <v>1557</v>
+      </c>
+      <c r="L629" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M629" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N629" s="2" t="s">
+        <v>1558</v>
+      </c>
+      <c r="O629" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="630" spans="1:15">
+      <c r="A630" s="2">
+        <v>793</v>
+      </c>
+      <c r="B630" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C630" s="2" t="s">
+        <v>1559</v>
+      </c>
+      <c r="D630" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E630" s="2" t="s">
+        <v>2841</v>
+      </c>
+      <c r="F630" s="2" t="s">
+        <v>1561</v>
+      </c>
+      <c r="G630" s="2" t="s">
+        <v>1562</v>
+      </c>
+      <c r="H630" s="2" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I630" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J630" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K630" s="2" t="s">
+        <v>1546</v>
+      </c>
+      <c r="L630" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M630" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="N630" s="2" t="s">
+        <v>1563</v>
+      </c>
+      <c r="O630" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="631" spans="1:15">
+      <c r="A631" s="2">
+        <v>794</v>
+      </c>
+      <c r="B631" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C631" s="2" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D631" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E631" s="2" t="s">
+        <v>2842</v>
+      </c>
+      <c r="F631" s="2" t="s">
+        <v>1191</v>
+      </c>
+      <c r="G631" s="2" t="s">
+        <v>1192</v>
+      </c>
+      <c r="H631" s="2" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I631" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J631" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K631" s="2" t="s">
+        <v>1566</v>
+      </c>
+      <c r="L631" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M631" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N631" s="2" t="s">
+        <v>1567</v>
+      </c>
+      <c r="O631" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="632" spans="1:15">
+      <c r="A632" s="2">
+        <v>795</v>
+      </c>
+      <c r="B632" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C632" s="2" t="s">
+        <v>1568</v>
+      </c>
+      <c r="D632" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E632" s="2" t="s">
+        <v>2843</v>
+      </c>
+      <c r="F632" s="2" t="s">
+        <v>1220</v>
+      </c>
+      <c r="G632" s="2" t="s">
+        <v>1221</v>
+      </c>
+      <c r="H632" s="2" t="s">
+        <v>1570</v>
+      </c>
+      <c r="I632" s="2" t="s">
+        <v>1646</v>
+      </c>
+      <c r="J632" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K632" s="2" t="s">
+        <v>1571</v>
+      </c>
+      <c r="L632" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M632" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N632" s="2" t="s">
+        <v>1572</v>
+      </c>
+      <c r="O632" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="633" spans="1:15">
+      <c r="A633" s="2">
+        <v>796</v>
+      </c>
+      <c r="B633" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C633" s="2" t="s">
+        <v>1573</v>
+      </c>
+      <c r="D633" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E633" s="2" t="s">
+        <v>2844</v>
+      </c>
+      <c r="F633" s="2" t="s">
+        <v>1146</v>
+      </c>
+      <c r="G633" s="2" t="s">
+        <v>1147</v>
+      </c>
+      <c r="H633" s="2" t="s">
+        <v>1575</v>
+      </c>
+      <c r="I633" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J633" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K633" s="2" t="s">
+        <v>1566</v>
+      </c>
+      <c r="L633" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M633" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N633" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="O633" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="634" spans="1:15">
+      <c r="A634" s="2">
+        <v>797</v>
+      </c>
+      <c r="B634" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C634" s="2" t="s">
+        <v>1576</v>
+      </c>
+      <c r="D634" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E634" s="2" t="s">
+        <v>2845</v>
+      </c>
+      <c r="F634" s="2" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G634" s="2" t="s">
+        <v>1231</v>
+      </c>
+      <c r="H634" s="2" t="s">
+        <v>1578</v>
+      </c>
+      <c r="I634" s="2" t="s">
+        <v>1646</v>
+      </c>
+      <c r="J634" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K634" s="2" t="s">
+        <v>1566</v>
+      </c>
+      <c r="L634" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M634" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N634" s="2" t="s">
+        <v>1579</v>
+      </c>
+      <c r="O634" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="635" spans="1:15">
+      <c r="A635" s="2">
+        <v>798</v>
+      </c>
+      <c r="B635" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C635" s="2" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D635" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E635" s="2" t="s">
+        <v>2846</v>
+      </c>
+      <c r="F635" s="2" t="s">
+        <v>1582</v>
+      </c>
+      <c r="G635" s="2" t="s">
+        <v>1583</v>
+      </c>
+      <c r="H635" s="2" t="s">
+        <v>1584</v>
+      </c>
+      <c r="I635" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="J635" s="2" t="s">
+        <v>1702</v>
+      </c>
+      <c r="K635" s="2" t="s">
+        <v>1566</v>
+      </c>
+      <c r="L635" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M635" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N635" s="2" t="s">
+        <v>1585</v>
+      </c>
+      <c r="O635" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="636" spans="1:15">
+      <c r="A636" s="2">
+        <v>799</v>
+      </c>
+      <c r="B636" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C636" s="2" t="s">
+        <v>1586</v>
+      </c>
+      <c r="D636" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E636" s="2" t="s">
+        <v>2847</v>
+      </c>
+      <c r="F636" s="2" t="s">
+        <v>1588</v>
+      </c>
+      <c r="G636" s="2" t="s">
+        <v>1589</v>
+      </c>
+      <c r="H636" s="2" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I636" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J636" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K636" s="2" t="s">
+        <v>1566</v>
+      </c>
+      <c r="L636" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M636" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N636" s="2" t="s">
+        <v>1590</v>
+      </c>
+      <c r="O636" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="637" spans="1:15">
+      <c r="A637" s="2">
+        <v>800</v>
+      </c>
+      <c r="B637" s="2" t="s">
+        <v>2716</v>
+      </c>
+      <c r="C637" s="2" t="s">
+        <v>2848</v>
+      </c>
+      <c r="D637" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E637" s="2" t="s">
+        <v>2849</v>
+      </c>
+      <c r="F637" s="2" t="s">
+        <v>1593</v>
+      </c>
+      <c r="G637" s="2" t="s">
+        <v>1594</v>
+      </c>
+      <c r="H637" s="2" t="s">
+        <v>1595</v>
+      </c>
+      <c r="I637" s="2" t="s">
+        <v>1596</v>
+      </c>
+      <c r="J637" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K637" s="2" t="s">
+        <v>1597</v>
+      </c>
+      <c r="L637" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M637" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N637" s="2" t="s">
+        <v>1598</v>
+      </c>
+      <c r="O637" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="638" spans="1:15">
+      <c r="A638" s="2">
+        <v>801</v>
+      </c>
+      <c r="B638" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C638" s="2" t="s">
+        <v>2850</v>
+      </c>
+      <c r="D638" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E638" s="2" t="s">
+        <v>2851</v>
+      </c>
+      <c r="F638" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="G638" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="H638" s="2" t="s">
+        <v>1601</v>
+      </c>
+      <c r="I638" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J638" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K638" s="2" t="s">
+        <v>1566</v>
+      </c>
+      <c r="L638" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M638" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N638" s="2" t="s">
+        <v>1602</v>
+      </c>
+      <c r="O638" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="639" spans="1:15">
+      <c r="A639" s="2">
+        <v>802</v>
+      </c>
+      <c r="B639" s="2" t="s">
+        <v>2716</v>
+      </c>
+      <c r="C639" s="2" t="s">
+        <v>1603</v>
+      </c>
+      <c r="D639" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E639" s="2" t="s">
+        <v>2852</v>
+      </c>
+      <c r="F639" s="2" t="s">
+        <v>1464</v>
+      </c>
+      <c r="G639" s="2" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H639" s="2" t="s">
+        <v>1605</v>
+      </c>
+      <c r="I639" s="2" t="s">
+        <v>1606</v>
+      </c>
+      <c r="J639" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K639" s="2" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L639" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M639" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N639" s="2" t="s">
+        <v>1608</v>
+      </c>
+      <c r="O639" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="640" spans="1:15">
+      <c r="A640" s="2">
+        <v>803</v>
+      </c>
+      <c r="B640" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C640" s="2" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D640" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E640" s="2" t="s">
+        <v>2853</v>
+      </c>
+      <c r="F640" s="2" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G640" s="2" t="s">
+        <v>1612</v>
+      </c>
+      <c r="H640" s="2" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I640" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J640" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K640" s="2" t="s">
+        <v>1566</v>
+      </c>
+      <c r="L640" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M640" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N640" s="2" t="s">
+        <v>1613</v>
+      </c>
+      <c r="O640" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="641" spans="1:15">
+      <c r="A641" s="2">
+        <v>804</v>
+      </c>
+      <c r="B641" s="2" t="s">
+        <v>2716</v>
+      </c>
+      <c r="C641" s="2" t="s">
+        <v>2337</v>
+      </c>
+      <c r="D641" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E641" s="2" t="s">
+        <v>2854</v>
+      </c>
+      <c r="F641" s="2" t="s">
+        <v>1617</v>
+      </c>
+      <c r="G641" s="2" t="s">
+        <v>1618</v>
+      </c>
+      <c r="H641" s="2" t="s">
+        <v>1619</v>
+      </c>
+      <c r="I641" s="2" t="s">
+        <v>1614</v>
+      </c>
+      <c r="J641" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K641" s="2" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L641" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M641" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N641" s="2" t="s">
+        <v>1620</v>
+      </c>
+      <c r="O641" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="642" spans="1:15">
+      <c r="A642" s="2">
+        <v>805</v>
+      </c>
+      <c r="B642" s="2" t="s">
+        <v>2716</v>
+      </c>
+      <c r="C642" s="2" t="s">
+        <v>1622</v>
+      </c>
+      <c r="D642" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E642" s="2" t="s">
+        <v>2855</v>
+      </c>
+      <c r="F642" s="2" t="s">
+        <v>1624</v>
+      </c>
+      <c r="G642" s="2" t="s">
+        <v>1625</v>
+      </c>
+      <c r="H642" s="2" t="s">
+        <v>1626</v>
+      </c>
+      <c r="I642" s="2" t="s">
+        <v>1621</v>
+      </c>
+      <c r="J642" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K642" s="2" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L642" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M642" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N642" s="2" t="s">
+        <v>1627</v>
+      </c>
+      <c r="O642" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="643" spans="1:15">
+      <c r="A643" s="2">
+        <v>806</v>
+      </c>
+      <c r="B643" s="2" t="s">
+        <v>2716</v>
+      </c>
+      <c r="C643" s="2" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D643" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E643" s="2" t="s">
+        <v>2856</v>
+      </c>
+      <c r="F643" s="2" t="s">
+        <v>1630</v>
+      </c>
+      <c r="G643" s="2" t="s">
+        <v>1631</v>
+      </c>
+      <c r="H643" s="2" t="s">
+        <v>1632</v>
+      </c>
+      <c r="I643" s="2" t="s">
+        <v>1614</v>
+      </c>
+      <c r="J643" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K643" s="2" t="s">
+        <v>1633</v>
+      </c>
+      <c r="L643" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M643" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N643" s="2" t="s">
+        <v>1634</v>
+      </c>
+      <c r="O643" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="644" spans="1:15">
+      <c r="A644" s="2">
+        <v>807</v>
+      </c>
+      <c r="B644" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C644" s="2" t="s">
+        <v>2345</v>
+      </c>
+      <c r="D644" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E644" s="2" t="s">
+        <v>2857</v>
+      </c>
+      <c r="F644" s="2" t="s">
+        <v>1637</v>
+      </c>
+      <c r="G644" s="2" t="s">
+        <v>1638</v>
+      </c>
+      <c r="H644" s="2" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I644" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J644" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K644" s="2" t="s">
+        <v>1639</v>
+      </c>
+      <c r="L644" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M644" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N644" s="2" t="s">
+        <v>1241</v>
+      </c>
+      <c r="O644" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="645" spans="1:15">
+      <c r="A645" s="2">
+        <v>808</v>
+      </c>
+      <c r="B645" s="2" t="s">
+        <v>2716</v>
+      </c>
+      <c r="C645" s="2" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D645" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E645" s="2" t="s">
+        <v>2858</v>
+      </c>
+      <c r="F645" s="2" t="s">
+        <v>1642</v>
+      </c>
+      <c r="G645" s="2" t="s">
+        <v>1643</v>
+      </c>
+      <c r="H645" s="2" t="s">
+        <v>1644</v>
+      </c>
+      <c r="I645" s="2" t="s">
+        <v>1614</v>
+      </c>
+      <c r="J645" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K645" s="2" t="s">
+        <v>1645</v>
+      </c>
+      <c r="L645" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M645" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N645" s="2" t="s">
+        <v>1634</v>
+      </c>
+      <c r="O645" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="646" spans="1:15">
+      <c r="A646" s="2">
+        <v>809</v>
+      </c>
+      <c r="B646" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C646" s="2" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D646" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E646" s="2" t="s">
+        <v>2859</v>
+      </c>
+      <c r="F646" s="2" t="s">
+        <v>1649</v>
+      </c>
+      <c r="G646" s="2" t="s">
+        <v>1650</v>
+      </c>
+      <c r="H646" s="2" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I646" s="2" t="s">
+        <v>1646</v>
+      </c>
+      <c r="J646" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K646" s="2" t="s">
+        <v>1639</v>
+      </c>
+      <c r="L646" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M646" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N646" s="2" t="s">
+        <v>1651</v>
+      </c>
+      <c r="O646" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="647" spans="1:15">
+      <c r="A647" s="2">
+        <v>810</v>
+      </c>
+      <c r="B647" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C647" s="2" t="s">
+        <v>1652</v>
+      </c>
+      <c r="D647" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E647" s="2" t="s">
+        <v>2860</v>
+      </c>
+      <c r="F647" s="2" t="s">
+        <v>548</v>
+      </c>
+      <c r="G647" s="2" t="s">
+        <v>549</v>
+      </c>
+      <c r="H647" s="2" t="s">
+        <v>1654</v>
+      </c>
+      <c r="I647" s="2" t="s">
+        <v>1606</v>
+      </c>
+      <c r="J647" s="2" t="s">
+        <v>1702</v>
+      </c>
+      <c r="K647" s="2" t="s">
+        <v>1639</v>
+      </c>
+      <c r="L647" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M647" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N647" s="2" t="s">
+        <v>1655</v>
+      </c>
+      <c r="O647" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="648" spans="1:15">
+      <c r="A648" s="2">
+        <v>811</v>
+      </c>
+      <c r="B648" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C648" s="2" t="s">
+        <v>1548</v>
+      </c>
+      <c r="D648" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E648" s="2" t="s">
+        <v>2861</v>
+      </c>
+      <c r="F648" s="2" t="s">
+        <v>1550</v>
+      </c>
+      <c r="G648" s="2" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H648" s="2" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I648" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J648" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K648" s="2" t="s">
+        <v>1659</v>
+      </c>
+      <c r="L648" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M648" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N648" s="2" t="s">
+        <v>1661</v>
+      </c>
+      <c r="O648" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="649" spans="1:15">
+      <c r="A649" s="2">
+        <v>812</v>
+      </c>
+      <c r="B649" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C649" s="2" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D649" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E649" s="2" t="s">
+        <v>2862</v>
+      </c>
+      <c r="F649" s="2" t="s">
+        <v>403</v>
+      </c>
+      <c r="G649" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="H649" s="2" t="s">
+        <v>1658</v>
+      </c>
+      <c r="I649" s="2" t="s">
+        <v>1646</v>
+      </c>
+      <c r="J649" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K649" s="2" t="s">
+        <v>1659</v>
+      </c>
+      <c r="L649" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M649" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N649" s="2" t="s">
+        <v>1660</v>
+      </c>
+      <c r="O649" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="650" spans="1:15">
+      <c r="A650" s="2">
+        <v>813</v>
+      </c>
+      <c r="B650" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C650" s="2" t="s">
+        <v>1663</v>
+      </c>
+      <c r="D650" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E650" s="2" t="s">
+        <v>2863</v>
+      </c>
+      <c r="F650" s="2" t="s">
+        <v>1421</v>
+      </c>
+      <c r="G650" s="2" t="s">
+        <v>1422</v>
+      </c>
+      <c r="H650" s="2" t="s">
+        <v>1664</v>
+      </c>
+      <c r="I650" s="2" t="s">
+        <v>1662</v>
+      </c>
+      <c r="J650" s="2" t="s">
+        <v>1665</v>
+      </c>
+      <c r="K650" s="2" t="s">
+        <v>1571</v>
+      </c>
+      <c r="L650" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M650" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N650" s="2" t="s">
+        <v>1666</v>
+      </c>
+      <c r="O650" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="651" spans="1:15">
+      <c r="A651" s="2">
+        <v>814</v>
+      </c>
+      <c r="B651" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C651" s="2" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D651" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E651" s="2" t="s">
+        <v>2864</v>
+      </c>
+      <c r="F651" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="G651" s="2" t="s">
+        <v>399</v>
+      </c>
+      <c r="H651" s="2" t="s">
+        <v>1670</v>
+      </c>
+      <c r="I651" s="2" t="s">
+        <v>1667</v>
+      </c>
+      <c r="J651" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K651" s="2" t="s">
+        <v>1571</v>
+      </c>
+      <c r="L651" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M651" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N651" s="2" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O651" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="652" spans="1:15">
+      <c r="A652" s="2">
+        <v>815</v>
+      </c>
+      <c r="B652" s="2" t="s">
+        <v>2716</v>
+      </c>
+      <c r="C652" s="2" t="s">
+        <v>1672</v>
+      </c>
+      <c r="D652" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E652" s="2" t="s">
+        <v>2865</v>
+      </c>
+      <c r="F652" s="2" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G652" s="2" t="s">
+        <v>1385</v>
+      </c>
+      <c r="H652" s="2" t="s">
+        <v>1674</v>
+      </c>
+      <c r="I652" s="2" t="s">
+        <v>1606</v>
+      </c>
+      <c r="J652" s="2" t="s">
+        <v>2866</v>
+      </c>
+      <c r="K652" s="2" t="s">
+        <v>1675</v>
+      </c>
+      <c r="L652" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M652" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N652" s="2" t="s">
+        <v>1676</v>
+      </c>
+      <c r="O652" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="653" spans="1:15">
+      <c r="A653" s="2">
+        <v>816</v>
+      </c>
+      <c r="B653" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C653" s="2" t="s">
+        <v>1542</v>
+      </c>
+      <c r="D653" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E653" s="2" t="s">
+        <v>2838</v>
+      </c>
+      <c r="F653" s="2" t="s">
+        <v>1543</v>
+      </c>
+      <c r="G653" s="2" t="s">
+        <v>1544</v>
+      </c>
+      <c r="H653" s="2" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I653" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J653" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K653" s="2" t="s">
+        <v>1677</v>
+      </c>
+      <c r="L653" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M653" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N653" s="2" t="s">
+        <v>1678</v>
+      </c>
+      <c r="O653" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="654" spans="1:15">
+      <c r="A654" s="2">
+        <v>817</v>
+      </c>
+      <c r="B654" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C654" s="2" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D654" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E654" s="2" t="s">
+        <v>2867</v>
+      </c>
+      <c r="F654" s="2" t="s">
+        <v>1191</v>
+      </c>
+      <c r="G654" s="2" t="s">
+        <v>1192</v>
+      </c>
+      <c r="H654" s="2" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I654" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J654" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K654" s="2" t="s">
+        <v>1677</v>
+      </c>
+      <c r="L654" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M654" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N654" s="2" t="s">
+        <v>1679</v>
+      </c>
+      <c r="O654" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="655" spans="1:15">
+      <c r="A655" s="2">
+        <v>818</v>
+      </c>
+      <c r="B655" s="2" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C655" s="2" t="s">
+        <v>2868</v>
+      </c>
+      <c r="D655" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E655" s="2" t="s">
+        <v>2869</v>
+      </c>
+      <c r="F655" s="2" t="s">
+        <v>1225</v>
+      </c>
+      <c r="G655" s="2" t="s">
+        <v>1226</v>
+      </c>
+      <c r="H655" s="2" t="s">
+        <v>2870</v>
+      </c>
+      <c r="I655" s="2" t="s">
+        <v>1530</v>
+      </c>
+      <c r="J655" s="2" t="s">
+        <v>1702</v>
+      </c>
+      <c r="K655" s="2" t="s">
+        <v>2871</v>
+      </c>
+      <c r="L655" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M655" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N655" s="2" t="s">
+        <v>1704</v>
+      </c>
+      <c r="O655" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="656" spans="1:15">
+      <c r="A656" s="2">
+        <v>819</v>
+      </c>
+      <c r="B656" s="2" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C656" s="2" t="s">
+        <v>2872</v>
+      </c>
+      <c r="D656" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E656" s="2" t="s">
+        <v>2873</v>
+      </c>
+      <c r="F656" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="G656" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="H656" s="2" t="s">
+        <v>2874</v>
+      </c>
+      <c r="I656" s="2" t="s">
+        <v>1530</v>
+      </c>
+      <c r="J656" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K656" s="2" t="s">
+        <v>2871</v>
+      </c>
+      <c r="L656" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M656" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N656" s="2" t="s">
+        <v>1709</v>
+      </c>
+      <c r="O656" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="657" spans="1:15">
+      <c r="A657" s="2">
+        <v>820</v>
+      </c>
+      <c r="B657" s="2" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C657" s="2" t="s">
+        <v>2875</v>
+      </c>
+      <c r="D657" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E657" s="2" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F657" s="2" t="s">
+        <v>1555</v>
+      </c>
+      <c r="G657" s="2" t="s">
+        <v>1556</v>
+      </c>
+      <c r="H657" s="2" t="s">
+        <v>1712</v>
+      </c>
+      <c r="I657" s="2" t="s">
+        <v>1530</v>
+      </c>
+      <c r="J657" s="2" t="s">
+        <v>1702</v>
+      </c>
+      <c r="K657" s="2" t="s">
+        <v>2871</v>
+      </c>
+      <c r="L657" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M657" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N657" s="2" t="s">
+        <v>1241</v>
+      </c>
+      <c r="O657" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="658" spans="1:15">
+      <c r="A658" s="2">
+        <v>821</v>
+      </c>
+      <c r="B658" s="2" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C658" s="2" t="s">
+        <v>2876</v>
+      </c>
+      <c r="D658" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E658" s="2" t="s">
+        <v>2877</v>
+      </c>
+      <c r="F658" s="2" t="s">
+        <v>548</v>
+      </c>
+      <c r="G658" s="2" t="s">
+        <v>549</v>
+      </c>
+      <c r="H658" s="2" t="s">
+        <v>2878</v>
+      </c>
+      <c r="I658" s="2" t="s">
+        <v>1530</v>
+      </c>
+      <c r="J658" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="K658" s="2" t="s">
+        <v>2871</v>
+      </c>
+      <c r="L658" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M658" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N658" s="2" t="s">
+        <v>1718</v>
+      </c>
+      <c r="O658" s="2" t="s">
+        <v>930</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>